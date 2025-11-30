--- v0 (2025-10-20)
+++ v1 (2025-11-30)
@@ -10,2194 +10,2277 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1E2A956F" w14:textId="77777777" w:rsidR="001E5E7B" w:rsidRPr="00A13282" w:rsidRDefault="001E5E7B" w:rsidP="001E5E7B">
+    <w:p w14:paraId="14C1FF4A" w14:textId="3074AADA" w:rsidR="006708F8" w:rsidRPr="007F1B84" w:rsidRDefault="002754CF" w:rsidP="009E69BE">
       <w:pPr>
         <w:pStyle w:val="Subttol"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
           <w:color w:val="00B050"/>
-          <w:lang w:val="es-ES"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A13282">
+      <w:r w:rsidRPr="007F1B84">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+          <w:color w:val="00B050"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>PERSONAL DETAILS OF THE APPLICANT</w:t>
+      </w:r>
+      <w:r w:rsidR="0061290D" w:rsidRPr="007F1B84">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
           <w:color w:val="00B050"/>
-          <w:lang w:val="es-ES"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>DATOS PERSONALES DE LA PERSONA SOLICITANTE:</w:t>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2141"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3844"/>
+        <w:gridCol w:w="2108"/>
+        <w:gridCol w:w="1148"/>
+        <w:gridCol w:w="1100"/>
+        <w:gridCol w:w="2248"/>
+        <w:gridCol w:w="3852"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001E5E7B" w:rsidRPr="00A13282" w14:paraId="5E545471" w14:textId="77777777" w:rsidTr="00984DD0">
+      <w:tr w:rsidR="00A13383" w:rsidRPr="007F1B84" w14:paraId="2F0595A5" w14:textId="77777777" w:rsidTr="6B0588C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="62B376E0" w14:textId="77777777" w:rsidR="001E5E7B" w:rsidRPr="00A13282" w:rsidRDefault="001E5E7B" w:rsidP="00984DD0">
+          <w:p w14:paraId="14C32F8A" w14:textId="4056C607" w:rsidR="00A13383" w:rsidRPr="007F1B84" w:rsidRDefault="008B71C6" w:rsidP="007D70DE">
             <w:pPr>
               <w:pStyle w:val="Subttol"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b w:val="0"/>
-                <w:lang w:val="es-ES"/>
+                <w:bCs w:val="0"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A13282">
-              <w:rPr>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b w:val="0"/>
-                <w:lang w:val="es-ES"/>
-[...1 lines deleted...]
-              <w:t>Nombre</w:t>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="19E44805" w14:textId="77777777" w:rsidR="001E5E7B" w:rsidRPr="00A13282" w:rsidRDefault="001E5E7B" w:rsidP="00984DD0">
+          <w:p w14:paraId="6377CC83" w14:textId="77777777" w:rsidR="00AB6B85" w:rsidRPr="007F1B84" w:rsidRDefault="00AB6B85" w:rsidP="007D70DE">
             <w:pPr>
               <w:pStyle w:val="Subttol"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b w:val="0"/>
-                <w:lang w:val="es-ES"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="65AB96B8" w14:textId="77777777" w:rsidR="001E5E7B" w:rsidRPr="00A13282" w:rsidRDefault="001E5E7B" w:rsidP="00984DD0">
+          <w:p w14:paraId="716B7F90" w14:textId="77777777" w:rsidR="00AB6B85" w:rsidRPr="007F1B84" w:rsidRDefault="00AB6B85" w:rsidP="007D70DE">
             <w:pPr>
               <w:pStyle w:val="Subttol"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b w:val="0"/>
-                <w:lang w:val="es-ES"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1601" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="02C205D0" w14:textId="77777777" w:rsidR="001E5E7B" w:rsidRPr="00A13282" w:rsidRDefault="001E5E7B" w:rsidP="00984DD0">
+          <w:p w14:paraId="4409B4AB" w14:textId="5A4AD916" w:rsidR="00A13383" w:rsidRPr="007F1B84" w:rsidRDefault="008B71C6" w:rsidP="000A39C0">
             <w:pPr>
               <w:pStyle w:val="Subttol"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b w:val="0"/>
-                <w:lang w:val="es-ES"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A13282">
+            <w:r w:rsidRPr="007F1B84">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b w:val="0"/>
-                <w:lang w:val="es-ES"/>
-[...1 lines deleted...]
-              <w:t>1er. Apellido</w:t>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Surname</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68659E6E" w14:textId="77777777" w:rsidR="001E5E7B" w:rsidRPr="00A13282" w:rsidRDefault="001E5E7B" w:rsidP="00984DD0">
+          <w:p w14:paraId="4364D99D" w14:textId="77777777" w:rsidR="00A13383" w:rsidRPr="007F1B84" w:rsidRDefault="00A13383" w:rsidP="000A39C0">
             <w:pPr>
               <w:pStyle w:val="Subttol"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b w:val="0"/>
-                <w:lang w:val="es-ES"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A13282">
+            <w:r w:rsidRPr="007F1B84">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b w:val="0"/>
-                <w:lang w:val="es-ES"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1D7BBFB3" w14:textId="77777777" w:rsidR="001E5E7B" w:rsidRPr="00A13282" w:rsidRDefault="001E5E7B" w:rsidP="00984DD0">
+          <w:p w14:paraId="0EFD3F8B" w14:textId="7089C77C" w:rsidR="00A13383" w:rsidRPr="007F1B84" w:rsidRDefault="008B71C6" w:rsidP="000A39C0">
             <w:pPr>
               <w:pStyle w:val="Subttol"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b w:val="0"/>
-                <w:lang w:val="es-ES"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A13282">
+            <w:r w:rsidRPr="007F1B84">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b w:val="0"/>
-                <w:lang w:val="es-ES"/>
-[...1 lines deleted...]
-              <w:t>2º Apellido</w:t>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Surname (wh</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA49A2" w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:b w:val="0"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>ere appropriate)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F76096D" w14:textId="77777777" w:rsidR="001E5E7B" w:rsidRPr="00A13282" w:rsidRDefault="001E5E7B" w:rsidP="00984DD0">
+          <w:p w14:paraId="247B735E" w14:textId="77777777" w:rsidR="00A13383" w:rsidRPr="007F1B84" w:rsidRDefault="00A13383" w:rsidP="000A39C0">
             <w:pPr>
               <w:pStyle w:val="Subttol"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b w:val="0"/>
-                <w:lang w:val="es-ES"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E5E7B" w:rsidRPr="00A13282" w14:paraId="1BA6DC6E" w14:textId="77777777" w:rsidTr="00984DD0">
+      <w:tr w:rsidR="00A13383" w:rsidRPr="007F1B84" w14:paraId="226E7239" w14:textId="77777777" w:rsidTr="6B0588C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="64385594" w14:textId="77777777" w:rsidR="001E5E7B" w:rsidRPr="00A13282" w:rsidRDefault="001E5E7B" w:rsidP="00984DD0">
+          <w:p w14:paraId="2A57964F" w14:textId="70B6E6D7" w:rsidR="00A13383" w:rsidRPr="007F1B84" w:rsidRDefault="00A13383" w:rsidP="00B5099D">
             <w:pPr>
               <w:pStyle w:val="Subttol"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:lang w:val="es-ES"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A13282">
+            <w:r w:rsidRPr="007F1B84">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:lang w:val="es-ES"/>
-[...1 lines deleted...]
-              <w:t>DNI/NIE/PASAPORTE</w:t>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>DNI/NIE/PASSPORT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6038097F" w14:textId="77777777" w:rsidR="001E5E7B" w:rsidRPr="00A13282" w:rsidRDefault="001E5E7B" w:rsidP="00984DD0">
+          <w:p w14:paraId="6FD614A3" w14:textId="77777777" w:rsidR="009C4F58" w:rsidRPr="007F1B84" w:rsidRDefault="009C4F58" w:rsidP="00B5099D">
             <w:pPr>
               <w:pStyle w:val="Subttol"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:lang w:val="es-ES"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="60D13B34" w14:textId="77777777" w:rsidR="001E5E7B" w:rsidRPr="00A13282" w:rsidRDefault="001E5E7B" w:rsidP="00984DD0">
+          <w:p w14:paraId="40C6F12C" w14:textId="2100F695" w:rsidR="009C4F58" w:rsidRPr="007F1B84" w:rsidRDefault="009C4F58" w:rsidP="00B5099D">
             <w:pPr>
               <w:pStyle w:val="Subttol"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:lang w:val="es-ES"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="55D93393" w14:textId="77777777" w:rsidR="001E5E7B" w:rsidRPr="00A13282" w:rsidRDefault="001E5E7B" w:rsidP="00984DD0">
+          <w:p w14:paraId="2B1F0C50" w14:textId="46232451" w:rsidR="00A13383" w:rsidRPr="007F1B84" w:rsidRDefault="00CA49A2" w:rsidP="00B5099D">
             <w:pPr>
               <w:pStyle w:val="Subttol"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b w:val="0"/>
-                <w:lang w:val="es-ES"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A13282">
+            <w:r w:rsidRPr="007F1B84">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b w:val="0"/>
-                <w:lang w:val="es-ES"/>
-[...1 lines deleted...]
-              <w:t>NIA</w:t>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Student number (</w:t>
+            </w:r>
+            <w:r w:rsidR="00A13383" w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:b w:val="0"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>NI</w:t>
+            </w:r>
+            <w:r w:rsidR="00F37704" w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:b w:val="0"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:b w:val="0"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="089C67A5" w14:textId="77777777" w:rsidR="001E5E7B" w:rsidRPr="00A13282" w:rsidRDefault="001E5E7B" w:rsidP="00984DD0">
+          <w:p w14:paraId="61281F0B" w14:textId="5CB04F11" w:rsidR="00A13383" w:rsidRPr="007F1B84" w:rsidRDefault="00CA49A2" w:rsidP="00B5099D">
             <w:pPr>
               <w:pStyle w:val="Subttol"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b w:val="0"/>
-                <w:lang w:val="es-ES"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A13282">
+            <w:r w:rsidRPr="007F1B84">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b w:val="0"/>
-                <w:lang w:val="es-ES"/>
-[...1 lines deleted...]
-              <w:t>Teléfono</w:t>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Telephone</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7340E53A" w14:textId="77777777" w:rsidR="001E5E7B" w:rsidRPr="00A13282" w:rsidRDefault="001E5E7B" w:rsidP="00984DD0">
+          <w:p w14:paraId="5B3BDBDC" w14:textId="7EEC58B0" w:rsidR="00A13383" w:rsidRPr="007F1B84" w:rsidRDefault="00CA49A2" w:rsidP="00B5099D">
             <w:pPr>
               <w:pStyle w:val="Subttol"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b w:val="0"/>
-                <w:lang w:val="es-ES"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A13282">
+            <w:r w:rsidRPr="007F1B84">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b w:val="0"/>
-                <w:lang w:val="es-ES"/>
-[...1 lines deleted...]
-              <w:t>Dirección correo electrónico</w:t>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>email</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E5E7B" w:rsidRPr="00A13282" w14:paraId="57B2803C" w14:textId="77777777" w:rsidTr="00984DD0">
+      <w:tr w:rsidR="00A13383" w:rsidRPr="007F1B84" w14:paraId="231B76A8" w14:textId="77777777" w:rsidTr="005310BB">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10485" w:type="dxa"/>
+            <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="6B633343" w14:textId="77777777" w:rsidR="001E5E7B" w:rsidRPr="00A13282" w:rsidRDefault="001E5E7B" w:rsidP="00984DD0">
+          <w:p w14:paraId="3A81DD81" w14:textId="37028DC0" w:rsidR="00A13383" w:rsidRPr="007F1B84" w:rsidRDefault="00CA49A2" w:rsidP="00B73EAD">
             <w:pPr>
               <w:pStyle w:val="Subttol"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
-                <w:lang w:val="es-ES"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A13282">
-[...4 lines deleted...]
-              <w:t>PROGRAMA DE DOCTORADO:</w:t>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>PhD PROGRAMME</w:t>
+            </w:r>
+            <w:r w:rsidR="638630BA" w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6FA3DEE0" w14:textId="74EBB4A7" w:rsidR="00B64477" w:rsidRPr="00A13282" w:rsidRDefault="00A13383" w:rsidP="004D1BE5">
+    <w:p w14:paraId="6FA3DEE0" w14:textId="5F29B423" w:rsidR="00B64477" w:rsidRPr="007F1B84" w:rsidRDefault="00163282" w:rsidP="004D1BE5">
       <w:pPr>
         <w:pStyle w:val="Subttol"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
-          <w:color w:val="00B050"/>
-          <w:lang w:val="es-ES"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A13282">
+      <w:r w:rsidRPr="007F1B84">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
-          <w:color w:val="00B050"/>
-          <w:lang w:val="es-ES"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>EXPO</w:t>
+        <w:t>I DECLARE</w:t>
       </w:r>
-      <w:r w:rsidR="001E5E7B" w:rsidRPr="00A13282">
+      <w:r w:rsidR="001F2AC9" w:rsidRPr="007F1B84">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
-          <w:color w:val="00B050"/>
-[...8 lines deleted...]
-          <w:lang w:val="es-ES"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Taulaambquadrcula"/>
         <w:tblW w:w="10486" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10486"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A13383" w:rsidRPr="00A13282" w14:paraId="2E24DCDB" w14:textId="77777777" w:rsidTr="3ADB266D">
+      <w:tr w:rsidR="00A13383" w:rsidRPr="007F1B84" w14:paraId="2E24DCDB" w14:textId="77777777" w:rsidTr="3ADB266D">
         <w:trPr>
           <w:trHeight w:val="1935"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10486" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56AFAE8E" w14:textId="07B7B55D" w:rsidR="001E5E7B" w:rsidRPr="00A13282" w:rsidRDefault="005310BB" w:rsidP="001E5E7B">
+          <w:p w14:paraId="70D67EFE" w14:textId="63B67783" w:rsidR="00D73475" w:rsidRPr="007F1B84" w:rsidRDefault="003E12DC" w:rsidP="00912FFB">
             <w:pPr>
               <w:pStyle w:val="Subttol"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b w:val="0"/>
-                <w:lang w:val="es-ES"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A13282">
+            <w:r w:rsidRPr="007F1B84">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b w:val="0"/>
-                <w:lang w:val="es-ES"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="001E5E7B" w:rsidRPr="00A13282">
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">That I have made modifications to my </w:t>
+            </w:r>
+            <w:r w:rsidR="00AF5599" w:rsidRPr="007F1B84">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b w:val="0"/>
-                <w:lang w:val="es-ES"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00E92566">
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F1B84">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b w:val="0"/>
-                <w:lang w:val="es-ES"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">esearch </w:t>
+            </w:r>
+            <w:r w:rsidR="00AF5599" w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:b w:val="0"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:b w:val="0"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>lan</w:t>
+            </w:r>
+            <w:r w:rsidR="00D73475" w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:b w:val="0"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="48E256B3" w14:textId="2DB557AD" w:rsidR="00A13383" w:rsidRPr="00A13282" w:rsidRDefault="00D73475" w:rsidP="001E5E7B">
+          <w:p w14:paraId="48E256B3" w14:textId="5BB0A9DF" w:rsidR="00A13383" w:rsidRPr="007F1B84" w:rsidRDefault="001E2B4D" w:rsidP="00912FFB">
             <w:pPr>
               <w:pStyle w:val="Subttol"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:lang w:val="es-ES"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A13282">
+            <w:r w:rsidRPr="007F1B84">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b w:val="0"/>
-                <w:lang w:val="es-ES"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="001E5E7B" w:rsidRPr="00A13282">
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>I attach my new Research Plan document in accordance with the requirement of the PhD programme</w:t>
+            </w:r>
+            <w:r w:rsidR="00D73475" w:rsidRPr="007F1B84">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b w:val="0"/>
-                <w:lang w:val="es-ES"/>
-[...35 lines deleted...]
-            <w:r w:rsidR="001F2AC9" w:rsidRPr="00A13282">
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="001F2AC9" w:rsidRPr="007F1B84">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:lang w:val="es-ES"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="76E63BEF" w14:textId="2BFBC46C" w:rsidR="009C4F58" w:rsidRPr="00A13282" w:rsidRDefault="009C4F58" w:rsidP="00EF7FDD">
+    <w:p w14:paraId="76E63BEF" w14:textId="40B3623F" w:rsidR="009C4F58" w:rsidRPr="007F1B84" w:rsidRDefault="00AF5599" w:rsidP="00EF7FDD">
       <w:pPr>
         <w:pStyle w:val="Sagniadetextindependent"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="00B050"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A13282">
+      <w:r w:rsidRPr="007F1B84">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="00B050"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>SOLICITO:</w:t>
+        <w:t>I REQUEST</w:t>
+      </w:r>
+      <w:r w:rsidR="009C4F58" w:rsidRPr="007F1B84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="00B050"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Taulaambquadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10456"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C4F58" w:rsidRPr="00A13282" w14:paraId="2609492A" w14:textId="77777777" w:rsidTr="009C4F58">
+      <w:tr w:rsidR="009C4F58" w:rsidRPr="007F1B84" w14:paraId="2609492A" w14:textId="77777777" w:rsidTr="009C4F58">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68DDF4E8" w14:textId="20F145BE" w:rsidR="009C4F58" w:rsidRPr="00A13282" w:rsidRDefault="009C33EB" w:rsidP="00EF7FDD">
+          <w:p w14:paraId="68DDF4E8" w14:textId="1366D353" w:rsidR="009C4F58" w:rsidRPr="007F1B84" w:rsidRDefault="00AF5599" w:rsidP="00EF7FDD">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A13282">
+            <w:r w:rsidRPr="007F1B84">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-              </w:rPr>
-[...36 lines deleted...]
-              <w:t xml:space="preserve">bación de las modificaciones de mi PLAN DE INVESTIGACIÓN </w:t>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Approval of the modification my Research Plan </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4A4C9032" w14:textId="77777777" w:rsidR="001E5E7B" w:rsidRPr="00A13282" w:rsidRDefault="001E5E7B" w:rsidP="001E5E7B">
+    <w:p w14:paraId="7C776628" w14:textId="535331BB" w:rsidR="00EF7FDD" w:rsidRPr="007F1B84" w:rsidRDefault="00EF7FDD" w:rsidP="00EF7FDD">
       <w:pPr>
         <w:pStyle w:val="Sagniadetextindependent"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A13282">
+      <w:r w:rsidRPr="007F1B84">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A13282">
+      <w:r w:rsidRPr="007F1B84">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:noProof/>
-          <w:lang w:eastAsia="ca-ES"/>
+          <w:lang w:val="en-GB" w:eastAsia="ca-ES"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="14181EF1" wp14:editId="7C67C63C">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251684864" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="03BC6835" wp14:editId="6DF66E3A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="142875" cy="142875"/>
                 <wp:effectExtent l="0" t="0" r="28575" b="28575"/>
                 <wp:wrapNone/>
                 <wp:docPr id="7" name="Quadre de text 7"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="142875" cy="142875"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="3FEB8B52" w14:textId="77777777" w:rsidR="001E5E7B" w:rsidRDefault="001E5E7B" w:rsidP="001E5E7B"/>
+                          <w:p w14:paraId="2F5DCE87" w14:textId="77777777" w:rsidR="00EF7FDD" w:rsidRDefault="00EF7FDD" w:rsidP="00EF7FDD"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="14181EF1" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="03BC6835" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Quadre de text 7" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:11.25pt;height:11.25pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTCub0eQIAAIwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X51k6WNBnSJr0WFA&#10;0RZrh54VWWqEyqImMbGzXz9Kdl5dLx12kUnzI0V+Inl+0daWrVSIBlzJh0cDzpSTUBn3XPKfj9ef&#10;zjiLKFwlLDhV8rWK/GL68cN54ydqBAuwlQqMgrg4aXzJF4h+UhRRLlQt4hF45cioIdQCSQ3PRRVE&#10;Q9FrW4wGg5OigVD5AFLFSH+vOiOf5vhaK4l3WkeFzJaccsN8hnzO01lMz8XkOQi/MLJPQ/xDFrUw&#10;ji7dhroSKNgymL9C1UYGiKDxSEJdgNZGqlwDVTMcvKrmYSG8yrUQOdFvaYr/L6y8XT34+8Cw/Qot&#10;PWAipPFxEulnqqfVoU5fypSRnShcb2lTLTKZnMajs9NjziSZepmiFDtnHyJ+U1CzJJQ80KtkssTq&#10;JmIH3UDSXRGsqa6NtVlJnaAubWArQW9oMadIwQ9Q1rGm5Cefjwc58IEthd76z62QL6nIwwikWZeu&#10;U7ln+rR2RGQJ11YljHU/lGamyny8kaOQUrltnhmdUJoqeo9jj99l9R7nrg7yyDeDw61zbRyEjqVD&#10;aquXDbW6wxNJe3UnEdt52zfIHKo19U2AbqSil9eGiL4REe9FoBmiVqG9gHd0aAv0OtBLnC0g/H7r&#10;f8JTa5OVs4ZmsuTx11IExZn97qjpvwzH4zTEWRkfn45ICfuW+b7FLetLoJYZ0gbyMosJj3Yj6gD1&#10;E62PWbqVTMJJurvkuBEvsdsUtH6kms0yiMbWC7xxD16m0Ine1GCP7ZMIvm9wpMm4hc30ismrPu+w&#10;ydPBbImgTR6CRHDHak88jXzu0349pZ2yr2fUbolO/wAAAP//AwBQSwMEFAAGAAgAAAAhAPTg3wrV&#10;AAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxYSiVQKU0nQIMLJwbi7DVe&#10;EtE4VZJ15d8T4AAXP1nPeu9zt178KGaKyQVWcLmqQBAPQTs2Ct5eHy8aECkjaxwDk4JPSrDuT086&#10;bHU48gvN22xECeHUogKb89RKmQZLHtMqTMTF24foMZc1GqkjHku4H2VdVdfSo+PSYHGiB0vDx/bg&#10;FWzuzY0ZGox202jn5uV9/2yelDo/W+5uQWRa8t8xfOMXdOgL0y4cWCcxKiiP5J9ZvLq+ArH7Vdl3&#10;8j97/wUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDTCub0eQIAAIwFAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD04N8K1QAAAAMBAAAPAAAAAAAA&#10;AAAAAAAAANMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA1QUAAAAA&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape id="Quadre de text 7" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:11.25pt;height:11.25pt;z-index:251684864;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTCub0eQIAAIwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X51k6WNBnSJr0WFA&#10;0RZrh54VWWqEyqImMbGzXz9Kdl5dLx12kUnzI0V+Inl+0daWrVSIBlzJh0cDzpSTUBn3XPKfj9ef&#10;zjiLKFwlLDhV8rWK/GL68cN54ydqBAuwlQqMgrg4aXzJF4h+UhRRLlQt4hF45cioIdQCSQ3PRRVE&#10;Q9FrW4wGg5OigVD5AFLFSH+vOiOf5vhaK4l3WkeFzJaccsN8hnzO01lMz8XkOQi/MLJPQ/xDFrUw&#10;ji7dhroSKNgymL9C1UYGiKDxSEJdgNZGqlwDVTMcvKrmYSG8yrUQOdFvaYr/L6y8XT34+8Cw/Qot&#10;PWAipPFxEulnqqfVoU5fypSRnShcb2lTLTKZnMajs9NjziSZepmiFDtnHyJ+U1CzJJQ80KtkssTq&#10;JmIH3UDSXRGsqa6NtVlJnaAubWArQW9oMadIwQ9Q1rGm5Cefjwc58IEthd76z62QL6nIwwikWZeu&#10;U7ln+rR2RGQJ11YljHU/lGamyny8kaOQUrltnhmdUJoqeo9jj99l9R7nrg7yyDeDw61zbRyEjqVD&#10;aquXDbW6wxNJe3UnEdt52zfIHKo19U2AbqSil9eGiL4REe9FoBmiVqG9gHd0aAv0OtBLnC0g/H7r&#10;f8JTa5OVs4ZmsuTx11IExZn97qjpvwzH4zTEWRkfn45ICfuW+b7FLetLoJYZ0gbyMosJj3Yj6gD1&#10;E62PWbqVTMJJurvkuBEvsdsUtH6kms0yiMbWC7xxD16m0Ine1GCP7ZMIvm9wpMm4hc30ismrPu+w&#10;ydPBbImgTR6CRHDHak88jXzu0349pZ2yr2fUbolO/wAAAP//AwBQSwMEFAAGAAgAAAAhAPTg3wrV&#10;AAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxYSiVQKU0nQIMLJwbi7DVe&#10;EtE4VZJ15d8T4AAXP1nPeu9zt178KGaKyQVWcLmqQBAPQTs2Ct5eHy8aECkjaxwDk4JPSrDuT086&#10;bHU48gvN22xECeHUogKb89RKmQZLHtMqTMTF24foMZc1GqkjHku4H2VdVdfSo+PSYHGiB0vDx/bg&#10;FWzuzY0ZGox202jn5uV9/2yelDo/W+5uQWRa8t8xfOMXdOgL0y4cWCcxKiiP5J9ZvLq+ArH7Vdl3&#10;8j97/wUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDTCub0eQIAAIwFAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD04N8K1QAAAAMBAAAPAAAAAAAA&#10;AAAAAAAAANMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA1QUAAAAA&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="3FEB8B52" w14:textId="77777777" w:rsidR="001E5E7B" w:rsidRDefault="001E5E7B" w:rsidP="001E5E7B"/>
+                    <w:p w14:paraId="2F5DCE87" w14:textId="77777777" w:rsidR="00EF7FDD" w:rsidRDefault="00EF7FDD" w:rsidP="00EF7FDD"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00A13282">
+      <w:r w:rsidR="00B262D9" w:rsidRPr="007F1B84">
         <w:rPr>
+          <w:rStyle w:val="Ttol1Car"/>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
-          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B262D9" w:rsidRPr="007F1B84">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Autorizo la comunicación de las posibles incidencias en el trámite, así como la resolución de esta solicitud por correo electrónico a la dirección indicada en esta solicitud.</w:t>
+        <w:t>I authorise communication of any possible incidences during the course of this process as well as the decision resulting from this request by email to the address indicated above in this application</w:t>
+      </w:r>
+      <w:r w:rsidR="00B262D9" w:rsidRPr="007F1B84">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7644ABF9" w14:textId="77777777" w:rsidR="001E5E7B" w:rsidRPr="00A13282" w:rsidRDefault="001E5E7B" w:rsidP="001E5E7B">
+    <w:p w14:paraId="57399081" w14:textId="0CA4B942" w:rsidR="001271B5" w:rsidRPr="007F1B84" w:rsidRDefault="001271B5" w:rsidP="004D1BE5">
       <w:pPr>
         <w:pStyle w:val="Subttol"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova"/>
-          <w:lang w:val="es-ES"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4386592E" w14:textId="77777777" w:rsidR="001E5E7B" w:rsidRPr="00A13282" w:rsidRDefault="001E5E7B" w:rsidP="001E5E7B">
+    <w:p w14:paraId="3CD0A8C3" w14:textId="7ECA48E5" w:rsidR="007A3AAF" w:rsidRPr="007F1B84" w:rsidRDefault="00283A12" w:rsidP="00283A12">
       <w:pPr>
         <w:pStyle w:val="Sagniadetextindependent"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
           <w:i w:val="0"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A13282">
+      <w:r w:rsidRPr="007F1B84">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
           <w:i w:val="0"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Bellaterra (Cerdanyola del Vallès), .............de................................de 20...........</w:t>
+        <w:t>Bellaterra (Cerdanyola del Vallès), ............................................20...........</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Taulaambquadrcula"/>
         <w:tblW w:w="10490" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1710"/>
         <w:gridCol w:w="2983"/>
         <w:gridCol w:w="2815"/>
         <w:gridCol w:w="2982"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C33EB" w:rsidRPr="00A13282" w14:paraId="50DFADE7" w14:textId="77777777" w:rsidTr="00AB6B85">
+      <w:tr w:rsidR="005821FC" w:rsidRPr="007F1B84" w14:paraId="50DFADE7" w14:textId="77777777" w:rsidTr="00AB6B85">
         <w:trPr>
           <w:gridAfter w:val="3"/>
           <w:wAfter w:w="8780" w:type="dxa"/>
           <w:trHeight w:val="239"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="580655BE" w14:textId="77DD1155" w:rsidR="009C33EB" w:rsidRPr="00A13282" w:rsidRDefault="001E5E7B" w:rsidP="00F554A2">
+          <w:p w14:paraId="580655BE" w14:textId="79038897" w:rsidR="005821FC" w:rsidRPr="007F1B84" w:rsidRDefault="005821FC" w:rsidP="005821FC">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A13282">
-              <w:rPr>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-              </w:rPr>
-[...6 lines deleted...]
-                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>SIGNATURES:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-              </w:rPr>
-              <w:t>:</w:t>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E5E7B" w:rsidRPr="00A13282" w14:paraId="6F62EA39" w14:textId="77777777" w:rsidTr="00AB6B85">
+      <w:tr w:rsidR="005821FC" w:rsidRPr="007F1B84" w14:paraId="6F62EA39" w14:textId="77777777" w:rsidTr="00AB6B85">
         <w:trPr>
           <w:trHeight w:val="190"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="301F62BE" w14:textId="099BD0C8" w:rsidR="001E5E7B" w:rsidRPr="00A13282" w:rsidRDefault="001E5E7B" w:rsidP="001E5E7B">
+          <w:p w14:paraId="301F62BE" w14:textId="59C9428A" w:rsidR="005821FC" w:rsidRPr="007F1B84" w:rsidRDefault="005821FC" w:rsidP="005821FC">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A13282">
-              <w:rPr>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-              <w:t>SOLICITANTE</w:t>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>APPLICANT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2983" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F1BD51C" w14:textId="39A542F4" w:rsidR="001E5E7B" w:rsidRPr="00A13282" w:rsidRDefault="001E5E7B" w:rsidP="001E5E7B">
+          <w:p w14:paraId="3F1BD51C" w14:textId="4240299B" w:rsidR="005821FC" w:rsidRPr="007F1B84" w:rsidRDefault="005821FC" w:rsidP="005821FC">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A13282">
-              <w:rPr>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-              <w:t>DIRECTOR/A</w:t>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>SUPERVISOR</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2815" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29CB74F4" w14:textId="14064A42" w:rsidR="001E5E7B" w:rsidRPr="00A13282" w:rsidRDefault="001E5E7B" w:rsidP="001E5E7B">
+          <w:p w14:paraId="29CB74F4" w14:textId="4A01ED0A" w:rsidR="005821FC" w:rsidRPr="007F1B84" w:rsidRDefault="005821FC" w:rsidP="005821FC">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A13282">
-              <w:rPr>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-              <w:t>DIRECTOR/A</w:t>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>SUPERVISOR</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2982" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="636D33A3" w14:textId="505B819E" w:rsidR="001E5E7B" w:rsidRPr="00A13282" w:rsidRDefault="001E5E7B" w:rsidP="001E5E7B">
+          <w:p w14:paraId="636D33A3" w14:textId="6B6BF91A" w:rsidR="005821FC" w:rsidRPr="007F1B84" w:rsidRDefault="005821FC" w:rsidP="005821FC">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A13282">
-              <w:rPr>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-              <w:t xml:space="preserve">TUTOR/A </w:t>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>TUTOR</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E5E7B" w:rsidRPr="00A13282" w14:paraId="5CE6706D" w14:textId="77777777" w:rsidTr="00AB6B85">
+      <w:tr w:rsidR="005821FC" w:rsidRPr="007F1B84" w14:paraId="5CE6706D" w14:textId="77777777" w:rsidTr="00AB6B85">
         <w:trPr>
           <w:trHeight w:val="464"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40C09022" w14:textId="439F1233" w:rsidR="001E5E7B" w:rsidRPr="00A13282" w:rsidRDefault="001E5E7B" w:rsidP="001E5E7B">
+          <w:p w14:paraId="40C09022" w14:textId="4372F70F" w:rsidR="005821FC" w:rsidRPr="007F1B84" w:rsidRDefault="005821FC" w:rsidP="005821FC">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>FULL NAME:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2983" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="366632E8" w14:textId="4BD8A309" w:rsidR="001E5E7B" w:rsidRPr="00A13282" w:rsidRDefault="001E5E7B" w:rsidP="001E5E7B">
+          <w:p w14:paraId="366632E8" w14:textId="4E52F0C0" w:rsidR="005821FC" w:rsidRPr="007F1B84" w:rsidRDefault="005821FC" w:rsidP="005821FC">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A13282">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-              <w:t>NOMBRE completo:</w:t>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>FULL NAME:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2815" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09BBBDDC" w14:textId="50F360F7" w:rsidR="001E5E7B" w:rsidRPr="00A13282" w:rsidRDefault="001E5E7B" w:rsidP="001E5E7B">
+          <w:p w14:paraId="09BBBDDC" w14:textId="708C8CA3" w:rsidR="005821FC" w:rsidRPr="007F1B84" w:rsidRDefault="005821FC" w:rsidP="005821FC">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A13282">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-              <w:t>NOMBRE completo:</w:t>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>FULL NAME:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2982" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0375E532" w14:textId="23DBD5A0" w:rsidR="001E5E7B" w:rsidRPr="00A13282" w:rsidRDefault="001E5E7B" w:rsidP="001E5E7B">
+          <w:p w14:paraId="0375E532" w14:textId="1B01068D" w:rsidR="005821FC" w:rsidRPr="007F1B84" w:rsidRDefault="005821FC" w:rsidP="005821FC">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A13282">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-              <w:t>NOMBRE completo:</w:t>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>FULL NAME:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005821FC" w:rsidRPr="007F1B84" w14:paraId="49F593DF" w14:textId="77777777" w:rsidTr="00AB6B85">
+        <w:trPr>
+          <w:trHeight w:val="557"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F73FE73" w14:textId="1165046D" w:rsidR="005821FC" w:rsidRPr="007F1B84" w:rsidRDefault="005821FC" w:rsidP="005821FC">
+            <w:pPr>
+              <w:pStyle w:val="Sagniadetextindependent"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FF54BCE" w14:textId="6B677BB9" w:rsidR="005821FC" w:rsidRPr="007F1B84" w:rsidRDefault="005821FC" w:rsidP="005821FC">
+            <w:pPr>
+              <w:pStyle w:val="Sagniadetextindependent"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2815" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="306A095C" w14:textId="7C0255E6" w:rsidR="005821FC" w:rsidRPr="007F1B84" w:rsidRDefault="005821FC" w:rsidP="005821FC">
+            <w:pPr>
+              <w:pStyle w:val="Sagniadetextindependent"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2982" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68E23AC5" w14:textId="00A655C4" w:rsidR="005821FC" w:rsidRPr="007F1B84" w:rsidRDefault="005821FC" w:rsidP="005821FC">
+            <w:pPr>
+              <w:pStyle w:val="Sagniadetextindependent"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7459F992" w14:textId="77777777" w:rsidR="001E5E7B" w:rsidRPr="00A13282" w:rsidRDefault="001E5E7B" w:rsidP="001E5E7B">
+    <w:p w14:paraId="2D925910" w14:textId="340D963B" w:rsidR="009C33EB" w:rsidRPr="007F1B84" w:rsidRDefault="005E4514" w:rsidP="00CC1DDF">
       <w:pPr>
         <w:pStyle w:val="Sagniadetextindependent"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:color w:val="00B050"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A13282">
+      <w:r w:rsidRPr="007F1B84">
         <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:color w:val="00B050"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>COMUNICACIÓN RESOLUCIÓN de la Comisión académica del programa de doctorado</w:t>
+        <w:t>COMMUNICATION OF THE DECISION of the Academic Committee of the PhD Programme</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Taulaambquadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="279"/>
-        <w:gridCol w:w="10177"/>
+        <w:gridCol w:w="485"/>
+        <w:gridCol w:w="9971"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C33EB" w:rsidRPr="00A13282" w14:paraId="03F50281" w14:textId="77777777" w:rsidTr="009C33EB">
+      <w:tr w:rsidR="009C33EB" w:rsidRPr="007F1B84" w14:paraId="03F50281" w14:textId="77777777" w:rsidTr="009C33EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="6C86A1AB" w14:textId="1D5E3A25" w:rsidR="009C33EB" w:rsidRPr="00A13282" w:rsidRDefault="009C33EB" w:rsidP="00CC1DDF">
+          <w:p w14:paraId="6C86A1AB" w14:textId="6AC5C2AF" w:rsidR="009C33EB" w:rsidRPr="007F1B84" w:rsidRDefault="001361CF" w:rsidP="00CC1DDF">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A13282">
-[...123 lines deleted...]
-              <w:t>:</w:t>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>In view of the request for the evaluation and approval of the Research Plan, the Academic Committee of the PhD programme, at its meeting on______________ has decided:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B41D20" w:rsidRPr="00A13282" w14:paraId="3166A50E" w14:textId="77777777" w:rsidTr="00481497">
+      <w:tr w:rsidR="00B41D20" w:rsidRPr="007F1B84" w14:paraId="3166A50E" w14:textId="77777777" w:rsidTr="00481497">
         <w:trPr>
           <w:trHeight w:val="254"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="279" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="76DE3E86" w14:textId="77777777" w:rsidR="00B41D20" w:rsidRPr="00A13282" w:rsidRDefault="00B41D20" w:rsidP="00CC1DDF">
+          <w:p w14:paraId="76DE3E86" w14:textId="105F7018" w:rsidR="00B41D20" w:rsidRPr="007F1B84" w:rsidRDefault="008756DA" w:rsidP="00CC1DDF">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk156821786"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>XX</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10177" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="696DB932" w14:textId="42E94E12" w:rsidR="00B41D20" w:rsidRPr="00A13282" w:rsidRDefault="00481497" w:rsidP="002A149C">
+          <w:p w14:paraId="696DB932" w14:textId="3FCAA1DE" w:rsidR="00B41D20" w:rsidRPr="007F1B84" w:rsidRDefault="001361CF" w:rsidP="002A149C">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:i w:val="0"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A13282">
+            <w:r w:rsidRPr="007F1B84">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="001E5E7B" w:rsidRPr="00A13282">
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>To approve the modifications</w:t>
+            </w:r>
+            <w:r w:rsidR="00515A2C" w:rsidRPr="007F1B84">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00A13282">
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00515A2C" w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:i w:val="0"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidR="00912FFB" w:rsidRPr="007F1B84">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
-              </w:rPr>
-[...7 lines deleted...]
-                <w:i w:val="0"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00912FFB" w:rsidRPr="00A13282">
-[...98 lines deleted...]
-              <w:t>________________________________</w:t>
+            <w:r w:rsidR="00515A2C" w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>the Research Plan, with registration number</w:t>
+            </w:r>
+            <w:r w:rsidR="00515A2C" w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:i w:val="0"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B41D20" w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:i w:val="0"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>_________________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B41D20" w:rsidRPr="00A13282" w14:paraId="2B1BE83A" w14:textId="77777777" w:rsidTr="00481497">
+      <w:tr w:rsidR="00B41D20" w:rsidRPr="007F1B84" w14:paraId="2B1BE83A" w14:textId="77777777" w:rsidTr="00481497">
         <w:trPr>
           <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="280771B7" w14:textId="77777777" w:rsidR="00B41D20" w:rsidRPr="00A13282" w:rsidRDefault="00B41D20" w:rsidP="00CC1DDF">
+          <w:p w14:paraId="280771B7" w14:textId="77777777" w:rsidR="00B41D20" w:rsidRPr="007F1B84" w:rsidRDefault="00B41D20" w:rsidP="00CC1DDF">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10177" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="40A23D71" w14:textId="77777777" w:rsidR="00B41D20" w:rsidRPr="00A13282" w:rsidRDefault="00B41D20" w:rsidP="00CC1DDF">
+          <w:p w14:paraId="40A23D71" w14:textId="77777777" w:rsidR="00B41D20" w:rsidRPr="007F1B84" w:rsidRDefault="00B41D20" w:rsidP="00CC1DDF">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00481497" w:rsidRPr="00A13282" w14:paraId="547CC690" w14:textId="77777777" w:rsidTr="00481497">
+      <w:tr w:rsidR="00481497" w:rsidRPr="007F1B84" w14:paraId="547CC690" w14:textId="77777777" w:rsidTr="00481497">
         <w:trPr>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4B6B0FA9" w14:textId="77777777" w:rsidR="00481497" w:rsidRPr="00A13282" w:rsidRDefault="00481497" w:rsidP="00CC1DDF">
+          <w:p w14:paraId="4B6B0FA9" w14:textId="77777777" w:rsidR="00481497" w:rsidRPr="007F1B84" w:rsidRDefault="00481497" w:rsidP="00CC1DDF">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10177" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="22062EE4" w14:textId="0B64DDF6" w:rsidR="00481497" w:rsidRPr="00A13282" w:rsidRDefault="00481497" w:rsidP="00CC1DDF">
+          <w:p w14:paraId="22062EE4" w14:textId="2371C341" w:rsidR="00481497" w:rsidRPr="007F1B84" w:rsidRDefault="00BB21F4" w:rsidP="00CC1DDF">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A13282">
-              <w:rPr>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
-              </w:rPr>
-[...64 lines deleted...]
-              <w:t>los motivos, se puede adjuntar un escrito anexo)</w:t>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Not to approve </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>the Research Plan (Please state the reasons. Written documents may be attached) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0BDFE39C" w14:textId="77777777" w:rsidR="00481497" w:rsidRPr="00A13282" w:rsidRDefault="00481497" w:rsidP="00CC1DDF">
+          <w:p w14:paraId="0BDFE39C" w14:textId="77777777" w:rsidR="00481497" w:rsidRPr="007F1B84" w:rsidRDefault="00481497" w:rsidP="00CC1DDF">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="49D6E785" w14:textId="030B1329" w:rsidR="00481497" w:rsidRPr="00A13282" w:rsidRDefault="00481497" w:rsidP="00CC1DDF">
+          <w:p w14:paraId="49D6E785" w14:textId="030B1329" w:rsidR="00481497" w:rsidRPr="007F1B84" w:rsidRDefault="00481497" w:rsidP="00CC1DDF">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
-      <w:tr w:rsidR="00481497" w:rsidRPr="00A13282" w14:paraId="6FFD3923" w14:textId="77777777" w:rsidTr="00481497">
+      <w:tr w:rsidR="00481497" w:rsidRPr="007F1B84" w14:paraId="6FFD3923" w14:textId="77777777" w:rsidTr="00481497">
         <w:trPr>
           <w:trHeight w:val="530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="13A1D5DD" w14:textId="77777777" w:rsidR="00481497" w:rsidRPr="00A13282" w:rsidRDefault="00481497" w:rsidP="00CC1DDF">
+          <w:p w14:paraId="13A1D5DD" w14:textId="77777777" w:rsidR="00481497" w:rsidRPr="007F1B84" w:rsidRDefault="00481497" w:rsidP="00CC1DDF">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1A033389" w14:textId="77777777" w:rsidR="00912FFB" w:rsidRPr="00A13282" w:rsidRDefault="00912FFB" w:rsidP="00CC1DDF">
+          <w:p w14:paraId="1A033389" w14:textId="77777777" w:rsidR="00912FFB" w:rsidRPr="007F1B84" w:rsidRDefault="00912FFB" w:rsidP="00CC1DDF">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3E81751D" w14:textId="77777777" w:rsidR="00912FFB" w:rsidRPr="00A13282" w:rsidRDefault="00912FFB" w:rsidP="00CC1DDF">
+          <w:p w14:paraId="3E81751D" w14:textId="77777777" w:rsidR="00912FFB" w:rsidRPr="007F1B84" w:rsidRDefault="00912FFB" w:rsidP="00CC1DDF">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5B9ABDAE" w14:textId="77777777" w:rsidR="00912FFB" w:rsidRPr="00A13282" w:rsidRDefault="00912FFB" w:rsidP="00CC1DDF">
+          <w:p w14:paraId="5B9ABDAE" w14:textId="77777777" w:rsidR="00912FFB" w:rsidRPr="007F1B84" w:rsidRDefault="00912FFB" w:rsidP="00CC1DDF">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10177" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A6BADF3" w14:textId="77777777" w:rsidR="00481497" w:rsidRPr="00A13282" w:rsidRDefault="00481497" w:rsidP="00CC1DDF">
+          <w:p w14:paraId="5A6BADF3" w14:textId="77777777" w:rsidR="00481497" w:rsidRPr="007F1B84" w:rsidRDefault="00481497" w:rsidP="00CC1DDF">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C33EB" w:rsidRPr="00A13282" w14:paraId="4016E0F6" w14:textId="77777777" w:rsidTr="009C33EB">
+      <w:tr w:rsidR="009C33EB" w:rsidRPr="007F1B84" w14:paraId="4016E0F6" w14:textId="77777777" w:rsidTr="009C33EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="51DA55B5" w14:textId="37A3DC8B" w:rsidR="00481497" w:rsidRPr="00A13282" w:rsidRDefault="00481497" w:rsidP="00CC1DDF">
+          <w:p w14:paraId="51DA55B5" w14:textId="6EAA32E5" w:rsidR="00481497" w:rsidRPr="007F1B84" w:rsidRDefault="00AB519D" w:rsidP="00CC1DDF">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A13282">
-[...60 lines deleted...]
-              <w:t>ción para aspectos relacionados con la ética de su investigación?</w:t>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If the Research Plan </w:t>
+            </w:r>
+            <w:r w:rsidR="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> approved, depending on the area of research, has the need for tutoring regarding the ethical aspects of the research been considered? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00481497" w:rsidRPr="00A13282" w14:paraId="33F18EED" w14:textId="77777777" w:rsidTr="00481497">
+      <w:tr w:rsidR="00481497" w:rsidRPr="007F1B84" w14:paraId="33F18EED" w14:textId="77777777" w:rsidTr="00481497">
         <w:trPr>
           <w:trHeight w:val="265"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="279" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C44700F" w14:textId="77777777" w:rsidR="00481497" w:rsidRPr="00A13282" w:rsidRDefault="00481497" w:rsidP="00CC1DDF">
+          <w:p w14:paraId="7C44700F" w14:textId="77777777" w:rsidR="00481497" w:rsidRPr="007F1B84" w:rsidRDefault="00481497" w:rsidP="00CC1DDF">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10177" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="0116D9EB" w14:textId="1A7CB6B4" w:rsidR="00481497" w:rsidRPr="00A13282" w:rsidRDefault="00481497" w:rsidP="00CC1DDF">
+          <w:p w14:paraId="5C13BD47" w14:textId="77777777" w:rsidR="00AB519D" w:rsidRPr="007F1B84" w:rsidRDefault="00AB519D" w:rsidP="00AB519D">
+            <w:pPr>
+              <w:pStyle w:val="paragraph"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yes. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>The PhD student has been informed of this.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C513311" w14:textId="77777777" w:rsidR="00AB519D" w:rsidRPr="007F1B84" w:rsidRDefault="00AB519D" w:rsidP="00AB519D">
+            <w:pPr>
+              <w:pStyle w:val="paragraph"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">No. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tutoring on ethical aspects is required.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48C11FE6" w14:textId="296D2AE8" w:rsidR="00481497" w:rsidRPr="007F1B84" w:rsidRDefault="00481497" w:rsidP="00CC1DDF">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
-                <w:i w:val="0"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
-              </w:rPr>
-[...81 lines deleted...]
-                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A13282">
-[...77 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00481497" w:rsidRPr="00A13282" w14:paraId="48C89B57" w14:textId="77777777" w:rsidTr="00481497">
+      <w:tr w:rsidR="00481497" w:rsidRPr="007F1B84" w14:paraId="48C89B57" w14:textId="77777777" w:rsidTr="00481497">
         <w:trPr>
           <w:trHeight w:val="265"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="279" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69E31EFF" w14:textId="77777777" w:rsidR="00481497" w:rsidRPr="00A13282" w:rsidRDefault="00481497" w:rsidP="00CC1DDF">
+          <w:p w14:paraId="69E31EFF" w14:textId="77777777" w:rsidR="00481497" w:rsidRPr="007F1B84" w:rsidRDefault="00481497" w:rsidP="00CC1DDF">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10177" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4929199E" w14:textId="77777777" w:rsidR="00481497" w:rsidRPr="00A13282" w:rsidRDefault="00481497" w:rsidP="00CC1DDF">
+          <w:p w14:paraId="4929199E" w14:textId="77777777" w:rsidR="00481497" w:rsidRPr="007F1B84" w:rsidRDefault="00481497" w:rsidP="00CC1DDF">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00481497" w:rsidRPr="00A13282" w14:paraId="059379AB" w14:textId="77777777" w:rsidTr="0084619C">
+      <w:tr w:rsidR="00481497" w:rsidRPr="007F1B84" w14:paraId="059379AB" w14:textId="77777777" w:rsidTr="0084619C">
         <w:trPr>
           <w:trHeight w:val="265"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="464F61EC" w14:textId="023C39AC" w:rsidR="00481497" w:rsidRPr="00A13282" w:rsidRDefault="00301814" w:rsidP="00CC1DDF">
+          <w:p w14:paraId="5F7EE7E9" w14:textId="0FB5CE52" w:rsidR="00AB6B85" w:rsidRPr="007F1B84" w:rsidRDefault="00AB519D" w:rsidP="00CC1DDF">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A13282">
-[...11 lines deleted...]
-              <w:t>del coordinador del programa</w:t>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Signature of the Programme Coordinator</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F1B84">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F7EE7E9" w14:textId="77777777" w:rsidR="00AB6B85" w:rsidRPr="00A13282" w:rsidRDefault="00AB6B85" w:rsidP="00CC1DDF">
+          <w:p w14:paraId="18F36060" w14:textId="77777777" w:rsidR="00AB6B85" w:rsidRPr="007F1B84" w:rsidRDefault="00AB6B85" w:rsidP="00CC1DDF">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:i w:val="0"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="18F36060" w14:textId="77777777" w:rsidR="00AB6B85" w:rsidRPr="00A13282" w:rsidRDefault="00AB6B85" w:rsidP="00CC1DDF">
+          <w:p w14:paraId="53398C22" w14:textId="77777777" w:rsidR="00481497" w:rsidRPr="007F1B84" w:rsidRDefault="00481497" w:rsidP="00CC1DDF">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:i w:val="0"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="53398C22" w14:textId="77777777" w:rsidR="00481497" w:rsidRPr="00A13282" w:rsidRDefault="00481497" w:rsidP="00CC1DDF">
+          <w:p w14:paraId="7A89C0CA" w14:textId="77777777" w:rsidR="0084619C" w:rsidRPr="007F1B84" w:rsidRDefault="0084619C" w:rsidP="00CC1DDF">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:i w:val="0"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7A89C0CA" w14:textId="77777777" w:rsidR="0084619C" w:rsidRPr="00A13282" w:rsidRDefault="0084619C" w:rsidP="00CC1DDF">
+          <w:p w14:paraId="416973FD" w14:textId="77777777" w:rsidR="00481497" w:rsidRPr="007F1B84" w:rsidRDefault="00481497" w:rsidP="00CC1DDF">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:i w:val="0"/>
-              </w:rPr>
-[...8 lines deleted...]
-                <w:i w:val="0"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="69559A01" w14:textId="77777777" w:rsidR="00301814" w:rsidRPr="00A13282" w:rsidRDefault="00301814" w:rsidP="00301814">
+    <w:p w14:paraId="26BB2A34" w14:textId="2D1DD1E8" w:rsidR="009C33EB" w:rsidRPr="00522D5F" w:rsidRDefault="00522D5F" w:rsidP="00522D5F">
       <w:pPr>
         <w:pStyle w:val="Sagniadetextindependent"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A13282">
+      <w:r w:rsidRPr="007F1B84">
         <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Este documento queda en custodia del Programa de Doctorado</w:t>
+        <w:t>This document must remain in the PhD Programme files</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522D5F">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522D5F">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26BB2A34" w14:textId="5B7D26A4" w:rsidR="009C33EB" w:rsidRPr="00A13282" w:rsidRDefault="009C33EB" w:rsidP="00301814">
-[...11 lines deleted...]
-    <w:sectPr w:rsidR="009C33EB" w:rsidRPr="00A13282" w:rsidSect="00132E08">
+    <w:sectPr w:rsidR="009C33EB" w:rsidRPr="00522D5F" w:rsidSect="00D35373">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="59C6A9CF" w14:textId="77777777" w:rsidR="00132E08" w:rsidRDefault="00132E08">
+    <w:p w14:paraId="4BCDB596" w14:textId="77777777" w:rsidR="00D35373" w:rsidRDefault="00D35373">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3B1D2DB6" w14:textId="77777777" w:rsidR="00132E08" w:rsidRDefault="00132E08">
+    <w:p w14:paraId="26A48BDC" w14:textId="77777777" w:rsidR="00D35373" w:rsidRDefault="00D35373">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2259,107 +2342,101 @@
   <w:font w:name="Arial Nova">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="0000028F" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="611163B6" w14:textId="721D8B86" w:rsidR="00B73EAD" w:rsidRPr="00AB6B85" w:rsidRDefault="3ADB266D" w:rsidP="00AB6B85">
     <w:pPr>
       <w:pStyle w:val="Peu"/>
     </w:pPr>
     <w:r w:rsidRPr="00AB6B85">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="37481363" w14:textId="77777777" w:rsidR="00132E08" w:rsidRDefault="00132E08">
+    <w:p w14:paraId="36DD010E" w14:textId="77777777" w:rsidR="00D35373" w:rsidRDefault="00D35373">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5C61BC88" w14:textId="77777777" w:rsidR="00132E08" w:rsidRDefault="00132E08">
+    <w:p w14:paraId="20633016" w14:textId="77777777" w:rsidR="00D35373" w:rsidRDefault="00D35373">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="00FE95F2" w14:textId="7D405F6A" w:rsidR="00A13383" w:rsidRPr="003817B7" w:rsidRDefault="6B0588C7" w:rsidP="6B0588C7">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:color w:val="129649"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="6B0588C7">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:color w:val="129649"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="2822A5B0" w14:textId="47EA8C93" w:rsidR="005D09CB" w:rsidRPr="00A13282" w:rsidRDefault="009C4F58" w:rsidP="009C4F58">
+  <w:p w14:paraId="23AB7BBA" w14:textId="77777777" w:rsidR="00F96856" w:rsidRDefault="009C4F58" w:rsidP="009C4F58">
     <w:pPr>
       <w:pStyle w:val="Capalera"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="center" w:pos="3402"/>
       </w:tabs>
       <w:rPr>
-        <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova"/>
-[...5 lines deleted...]
-        <w:sz w:val="28"/>
+        <w:lang w:val="es-ES"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="742E425E" wp14:editId="5DDBDACA">
           <wp:extent cx="1422400" cy="552450"/>
           <wp:effectExtent l="0" t="0" r="6350" b="0"/>
           <wp:docPr id="1682934303" name="Imatge 1" descr="Imatge que conté text, Font, logotip, Gràfics&#10;&#10;Descripció generada automàticament"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Imatge 1" descr="Imatge que conté text, Font, logotip, Gràfics&#10;&#10;Descripció generada automàticament"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
@@ -2377,223 +2454,146 @@
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1422400" cy="552450"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="es-ES"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="005D09CB">
-[...5 lines deleted...]
-    <w:r w:rsidR="005310BB" w:rsidRPr="00A13282">
+  </w:p>
+  <w:p w14:paraId="3586A5F6" w14:textId="61D97F68" w:rsidR="009C4F58" w:rsidRPr="007F1B84" w:rsidRDefault="005310BB" w:rsidP="007F1B84">
+    <w:pPr>
+      <w:pStyle w:val="Capalera"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4252"/>
+        <w:tab w:val="clear" w:pos="8504"/>
+        <w:tab w:val="center" w:pos="3402"/>
+      </w:tabs>
+      <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova"/>
         <w:b/>
         <w:caps/>
         <w:noProof/>
         <w:color w:val="00B050"/>
         <w:spacing w:val="-6"/>
         <w:sz w:val="28"/>
       </w:rPr>
-      <w:t>modificacion</w:t>
-[...1 lines deleted...]
-    <w:r w:rsidR="005D09CB" w:rsidRPr="00A13282">
+    </w:pPr>
+    <w:r w:rsidRPr="007F1B84">
       <w:rPr>
         <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova"/>
         <w:b/>
         <w:caps/>
         <w:noProof/>
         <w:color w:val="00B050"/>
         <w:spacing w:val="-6"/>
         <w:sz w:val="28"/>
       </w:rPr>
-      <w:t>E</w:t>
+      <w:t>modifica</w:t>
     </w:r>
-    <w:r w:rsidR="005310BB" w:rsidRPr="00A13282">
+    <w:r w:rsidR="00F96856" w:rsidRPr="007F1B84">
       <w:rPr>
         <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova"/>
         <w:b/>
         <w:caps/>
         <w:noProof/>
         <w:color w:val="00B050"/>
         <w:spacing w:val="-6"/>
         <w:sz w:val="28"/>
       </w:rPr>
-      <w:t>s EN EL p</w:t>
-[...78 lines deleted...]
-      <w:tab/>
+      <w:t>TIONS TO THE RESEARCH PLAN</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="717C7FE3" w14:textId="77777777" w:rsidR="006708F8" w:rsidRPr="0059448C" w:rsidRDefault="006708F8" w:rsidP="3ADB266D">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1167" type="#_x0000_t75" style="width:442pt;height:442pt" o:bullet="t">
+      <v:shape id="_x0000_i1119" type="#_x0000_t75" style="width:441.8pt;height:441.8pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="1200px-Regular_quadrilateral"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="1">
     <w:pict>
-      <v:shape id="_x0000_i1168" type="#_x0000_t75" style="width:441.65pt;height:441.65pt" o:bullet="t">
+      <v:shape id="_x0000_i1120" type="#_x0000_t75" style="width:441.8pt;height:441.8pt" o:bullet="t">
         <v:imagedata r:id="rId2" o:title="Gruenes_Quadrat"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="2">
     <w:pict>
-      <v:shape id="_x0000_i1169" type="#_x0000_t75" style="width:15.8pt;height:13.5pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+      <v:shape id="_x0000_i1121" type="#_x0000_t75" style="width:16.35pt;height:13.55pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
         <v:imagedata r:id="rId3" o:title=""/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DE4BC6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F0FEF034"/>
     <w:lvl w:ilvl="0" w:tplc="090C78C0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04030003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4496,347 +4496,363 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="160"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="3"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3073"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BA263D"/>
     <w:rsid w:val="000050C6"/>
     <w:rsid w:val="00005AAF"/>
     <w:rsid w:val="0000745A"/>
     <w:rsid w:val="00007A23"/>
     <w:rsid w:val="000160E8"/>
     <w:rsid w:val="0004236F"/>
     <w:rsid w:val="00042ECD"/>
     <w:rsid w:val="00056D2A"/>
     <w:rsid w:val="000617D3"/>
     <w:rsid w:val="00062881"/>
     <w:rsid w:val="00085F3A"/>
     <w:rsid w:val="00086045"/>
     <w:rsid w:val="000930ED"/>
     <w:rsid w:val="000A39C0"/>
     <w:rsid w:val="000C1EE9"/>
     <w:rsid w:val="000C2FFC"/>
     <w:rsid w:val="000C40D1"/>
     <w:rsid w:val="000C4B21"/>
     <w:rsid w:val="000E1591"/>
     <w:rsid w:val="000E2DDE"/>
     <w:rsid w:val="000F1775"/>
     <w:rsid w:val="000F3AEA"/>
     <w:rsid w:val="000F4363"/>
     <w:rsid w:val="00101891"/>
     <w:rsid w:val="00122B70"/>
     <w:rsid w:val="001271B5"/>
-    <w:rsid w:val="00132E08"/>
+    <w:rsid w:val="001361CF"/>
     <w:rsid w:val="00143E14"/>
-    <w:rsid w:val="00165375"/>
+    <w:rsid w:val="00163282"/>
     <w:rsid w:val="001861BF"/>
-    <w:rsid w:val="001E5E7B"/>
+    <w:rsid w:val="001E2B4D"/>
     <w:rsid w:val="001F0C19"/>
     <w:rsid w:val="001F2AC9"/>
     <w:rsid w:val="001F50B1"/>
     <w:rsid w:val="0020150D"/>
     <w:rsid w:val="00210D74"/>
     <w:rsid w:val="0021630C"/>
     <w:rsid w:val="00224DE2"/>
     <w:rsid w:val="002335F4"/>
     <w:rsid w:val="0024407F"/>
     <w:rsid w:val="00256AFC"/>
     <w:rsid w:val="00271033"/>
     <w:rsid w:val="002749F8"/>
     <w:rsid w:val="0027505D"/>
+    <w:rsid w:val="002754CF"/>
     <w:rsid w:val="00282CD6"/>
     <w:rsid w:val="00283A12"/>
     <w:rsid w:val="002A149C"/>
     <w:rsid w:val="002B3503"/>
     <w:rsid w:val="002B4257"/>
     <w:rsid w:val="002B77BA"/>
     <w:rsid w:val="002C7605"/>
     <w:rsid w:val="002D0500"/>
     <w:rsid w:val="002D4E1D"/>
     <w:rsid w:val="002F43FA"/>
     <w:rsid w:val="002F7946"/>
-    <w:rsid w:val="00301814"/>
     <w:rsid w:val="003111EB"/>
     <w:rsid w:val="003333BF"/>
     <w:rsid w:val="00363C6B"/>
     <w:rsid w:val="0036544E"/>
     <w:rsid w:val="00370306"/>
     <w:rsid w:val="003817B7"/>
     <w:rsid w:val="003918FA"/>
     <w:rsid w:val="003970C6"/>
     <w:rsid w:val="003A14FD"/>
     <w:rsid w:val="003B47EC"/>
     <w:rsid w:val="003C6B3A"/>
+    <w:rsid w:val="003C7226"/>
+    <w:rsid w:val="003E12DC"/>
     <w:rsid w:val="003E2525"/>
     <w:rsid w:val="004056E7"/>
     <w:rsid w:val="00414F41"/>
     <w:rsid w:val="00421F0D"/>
     <w:rsid w:val="00437F64"/>
     <w:rsid w:val="0045085B"/>
     <w:rsid w:val="00452521"/>
     <w:rsid w:val="00457380"/>
     <w:rsid w:val="00470201"/>
     <w:rsid w:val="00475A2D"/>
     <w:rsid w:val="00481497"/>
     <w:rsid w:val="004A522F"/>
     <w:rsid w:val="004A5C0B"/>
     <w:rsid w:val="004D1BE5"/>
+    <w:rsid w:val="00515A2C"/>
+    <w:rsid w:val="00522D5F"/>
     <w:rsid w:val="0052732C"/>
     <w:rsid w:val="005310BB"/>
     <w:rsid w:val="00575D46"/>
+    <w:rsid w:val="005821FC"/>
     <w:rsid w:val="0059448C"/>
-    <w:rsid w:val="005D09CB"/>
     <w:rsid w:val="005D0D92"/>
     <w:rsid w:val="005D74C2"/>
+    <w:rsid w:val="005E4514"/>
     <w:rsid w:val="0061290D"/>
     <w:rsid w:val="00632AB1"/>
     <w:rsid w:val="00646FEB"/>
     <w:rsid w:val="00654D95"/>
     <w:rsid w:val="0065700A"/>
     <w:rsid w:val="006708F8"/>
     <w:rsid w:val="00690E72"/>
     <w:rsid w:val="006B2ECF"/>
     <w:rsid w:val="006B3D5D"/>
     <w:rsid w:val="006E16AE"/>
     <w:rsid w:val="006E2F45"/>
     <w:rsid w:val="006E3FAA"/>
     <w:rsid w:val="0072240E"/>
     <w:rsid w:val="00747D03"/>
     <w:rsid w:val="00772D02"/>
     <w:rsid w:val="007A3AAF"/>
     <w:rsid w:val="007D2D03"/>
     <w:rsid w:val="007D4AB0"/>
     <w:rsid w:val="007D4EA8"/>
     <w:rsid w:val="007D70DE"/>
     <w:rsid w:val="007F1459"/>
+    <w:rsid w:val="007F1B84"/>
     <w:rsid w:val="00807CB5"/>
     <w:rsid w:val="008123A6"/>
     <w:rsid w:val="0082021D"/>
     <w:rsid w:val="00836D4A"/>
     <w:rsid w:val="0084619C"/>
     <w:rsid w:val="00871BE1"/>
+    <w:rsid w:val="008756DA"/>
     <w:rsid w:val="00880993"/>
     <w:rsid w:val="008843EE"/>
     <w:rsid w:val="00891A32"/>
     <w:rsid w:val="00893E0F"/>
+    <w:rsid w:val="008B71C6"/>
     <w:rsid w:val="008D043E"/>
     <w:rsid w:val="00907561"/>
     <w:rsid w:val="009115A6"/>
     <w:rsid w:val="00912FFB"/>
     <w:rsid w:val="00922D3F"/>
     <w:rsid w:val="0093653F"/>
+    <w:rsid w:val="00941125"/>
     <w:rsid w:val="00942896"/>
     <w:rsid w:val="00961C2C"/>
     <w:rsid w:val="00990D23"/>
     <w:rsid w:val="009949CC"/>
     <w:rsid w:val="009A1417"/>
     <w:rsid w:val="009B5C9B"/>
     <w:rsid w:val="009C0837"/>
     <w:rsid w:val="009C33AC"/>
     <w:rsid w:val="009C33EB"/>
     <w:rsid w:val="009C38AE"/>
     <w:rsid w:val="009C4F58"/>
     <w:rsid w:val="009E2B34"/>
     <w:rsid w:val="009E5C1A"/>
     <w:rsid w:val="009E63F7"/>
     <w:rsid w:val="009E69BE"/>
     <w:rsid w:val="009F31B4"/>
     <w:rsid w:val="00A111C4"/>
-    <w:rsid w:val="00A13282"/>
     <w:rsid w:val="00A13383"/>
     <w:rsid w:val="00A442FB"/>
     <w:rsid w:val="00A60646"/>
     <w:rsid w:val="00A63DF8"/>
     <w:rsid w:val="00A71DC3"/>
     <w:rsid w:val="00A75F45"/>
     <w:rsid w:val="00AA0A42"/>
+    <w:rsid w:val="00AB519D"/>
     <w:rsid w:val="00AB6B85"/>
     <w:rsid w:val="00AC7043"/>
+    <w:rsid w:val="00AF5599"/>
     <w:rsid w:val="00B110C0"/>
+    <w:rsid w:val="00B262D9"/>
     <w:rsid w:val="00B32C1A"/>
     <w:rsid w:val="00B35C1C"/>
     <w:rsid w:val="00B41D20"/>
     <w:rsid w:val="00B5099D"/>
     <w:rsid w:val="00B53A00"/>
     <w:rsid w:val="00B56B42"/>
     <w:rsid w:val="00B64477"/>
     <w:rsid w:val="00B73EAD"/>
     <w:rsid w:val="00B7446F"/>
     <w:rsid w:val="00B76533"/>
     <w:rsid w:val="00BA263D"/>
+    <w:rsid w:val="00BB21F4"/>
     <w:rsid w:val="00BC3CD5"/>
     <w:rsid w:val="00BC45B8"/>
     <w:rsid w:val="00BC4EBB"/>
     <w:rsid w:val="00BD254B"/>
     <w:rsid w:val="00BF2E27"/>
+    <w:rsid w:val="00BF7163"/>
     <w:rsid w:val="00C038FA"/>
     <w:rsid w:val="00C06B0F"/>
     <w:rsid w:val="00C15296"/>
     <w:rsid w:val="00C2432A"/>
     <w:rsid w:val="00C248DF"/>
     <w:rsid w:val="00C56064"/>
     <w:rsid w:val="00C70AF6"/>
     <w:rsid w:val="00C76042"/>
     <w:rsid w:val="00C802F5"/>
     <w:rsid w:val="00C92B2C"/>
+    <w:rsid w:val="00CA49A2"/>
     <w:rsid w:val="00CB299A"/>
     <w:rsid w:val="00CC1DDF"/>
+    <w:rsid w:val="00CC2B79"/>
     <w:rsid w:val="00CD2BED"/>
     <w:rsid w:val="00CE648B"/>
     <w:rsid w:val="00CF1FD4"/>
     <w:rsid w:val="00D041A2"/>
     <w:rsid w:val="00D23E0C"/>
     <w:rsid w:val="00D25EB7"/>
     <w:rsid w:val="00D3018B"/>
+    <w:rsid w:val="00D35373"/>
     <w:rsid w:val="00D51E44"/>
     <w:rsid w:val="00D65BA4"/>
     <w:rsid w:val="00D73475"/>
     <w:rsid w:val="00D74F22"/>
     <w:rsid w:val="00D83D76"/>
     <w:rsid w:val="00D87409"/>
     <w:rsid w:val="00DB3C5B"/>
     <w:rsid w:val="00DC2464"/>
     <w:rsid w:val="00DD3B73"/>
     <w:rsid w:val="00DD7F05"/>
     <w:rsid w:val="00DE49A9"/>
     <w:rsid w:val="00DE691C"/>
     <w:rsid w:val="00E21295"/>
     <w:rsid w:val="00E262CA"/>
     <w:rsid w:val="00E27245"/>
     <w:rsid w:val="00E34DE4"/>
     <w:rsid w:val="00E464ED"/>
     <w:rsid w:val="00E46B9E"/>
     <w:rsid w:val="00E5237B"/>
     <w:rsid w:val="00E5528F"/>
     <w:rsid w:val="00E556E2"/>
     <w:rsid w:val="00E8757F"/>
-    <w:rsid w:val="00E92566"/>
     <w:rsid w:val="00E97410"/>
     <w:rsid w:val="00ED49EA"/>
     <w:rsid w:val="00EF7B84"/>
     <w:rsid w:val="00EF7FDD"/>
     <w:rsid w:val="00F008C9"/>
     <w:rsid w:val="00F23552"/>
     <w:rsid w:val="00F239EB"/>
     <w:rsid w:val="00F37704"/>
     <w:rsid w:val="00F504EE"/>
     <w:rsid w:val="00F5488F"/>
     <w:rsid w:val="00F554A2"/>
     <w:rsid w:val="00F56B4D"/>
     <w:rsid w:val="00F62EBD"/>
     <w:rsid w:val="00F630F8"/>
     <w:rsid w:val="00F75C2B"/>
     <w:rsid w:val="00F75F4B"/>
     <w:rsid w:val="00F76C43"/>
+    <w:rsid w:val="00F96856"/>
     <w:rsid w:val="00F979CC"/>
     <w:rsid w:val="00FC1DBA"/>
     <w:rsid w:val="00FD2199"/>
     <w:rsid w:val="00FD22AC"/>
     <w:rsid w:val="00FE29AE"/>
     <w:rsid w:val="00FF4526"/>
     <w:rsid w:val="0984C524"/>
     <w:rsid w:val="15BB3ABE"/>
     <w:rsid w:val="1943FD71"/>
     <w:rsid w:val="22D1B75A"/>
     <w:rsid w:val="33DB9E17"/>
     <w:rsid w:val="390D207F"/>
     <w:rsid w:val="3ADB266D"/>
     <w:rsid w:val="5C4584B8"/>
     <w:rsid w:val="638630BA"/>
     <w:rsid w:val="6B0588C7"/>
     <w:rsid w:val="74709094"/>
     <w:rsid w:val="7820CE5A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ca-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3073"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="700095FC"/>
   <w15:docId w15:val="{92D400D6-86DC-4C4F-9764-AEBA83B20949}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ca-ES" w:eastAsia="ca-ES" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
@@ -5574,81 +5590,145 @@
   </w:style>
   <w:style w:type="character" w:styleId="Textennegreta">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Lletraperdefectedelpargraf"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="007A3AAF"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mencisenseresoldre">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Lletraperdefectedelpargraf"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007D4EA8"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+    <w:name w:val="normaltextrun"/>
+    <w:basedOn w:val="Lletraperdefectedelpargraf"/>
+    <w:rsid w:val="002754CF"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+    <w:name w:val="eop"/>
+    <w:basedOn w:val="Lletraperdefectedelpargraf"/>
+    <w:rsid w:val="008B71C6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
+    <w:name w:val="paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00AB519D"/>
+    <w:pPr>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="174078100">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1654069643">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+    </w:div>
+    <w:div w:id="1842965397">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1942566578">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1833567929">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de l'Office">
   <a:themeElements>
     <a:clrScheme name="Oficina">
       <a:dk1>
@@ -5923,70 +6003,61 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="6c412d53-c65a-4291-82ea-cadf0f348f7c">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="a3fbd5a8-03f8-4c8b-97c7-4c903a852483" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D06CAE34D177A044BC7981BEA428101E" ma:contentTypeVersion="16" ma:contentTypeDescription="Crea un document nou" ma:contentTypeScope="" ma:versionID="f8a81e8dc91049f6d1140a36ad69ee69">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6c412d53-c65a-4291-82ea-cadf0f348f7c" xmlns:ns3="a3fbd5a8-03f8-4c8b-97c7-4c903a852483" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0191dde77d7ff22142e14c15bbf9d2fa" ns2:_="" ns3:_="">
     <xsd:import namespace="6c412d53-c65a-4291-82ea-cadf0f348f7c"/>
     <xsd:import namespace="a3fbd5a8-03f8-4c8b-97c7-4c903a852483"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
@@ -6185,118 +6256,127 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9B8D337D-A7DF-4F04-ACC0-627166BA0D12}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="6c412d53-c65a-4291-82ea-cadf0f348f7c"/>
     <ds:schemaRef ds:uri="a3fbd5a8-03f8-4c8b-97c7-4c903a852483"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4097D8E5-E550-491D-BA60-B4EA7DDBCEB0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="6c412d53-c65a-4291-82ea-cadf0f348f7c"/>
     <ds:schemaRef ds:uri="a3fbd5a8-03f8-4c8b-97c7-4c903a852483"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96D1EB1D-0755-4F7D-B895-19FCF128B701}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>237</Words>
-  <Characters>1531</Characters>
+  <Words>228</Words>
+  <Characters>1402</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
+  <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Títol</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>PREINSCRIPCIÓ</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Escola de Doctorat i de Formació Continuada</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1765</CharactersWithSpaces>
+  <CharactersWithSpaces>1627</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PREINSCRIPCIÓ</dc:title>
   <dc:creator>Jordi Castanera Marin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100D06CAE34D177A044BC7981BEA428101E</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>