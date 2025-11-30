--- v0 (2025-10-21)
+++ v1 (2025-11-30)
@@ -1193,52 +1193,52 @@
           <w:i w:val="0"/>
           <w:color w:val="00B050"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>la</w:t>
       </w:r>
       <w:r w:rsidR="009C33EB" w:rsidRPr="00635EF8">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="00B050"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> Comissió acadèmica del programa de doctorat</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Taulaambquadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="279"/>
-        <w:gridCol w:w="10177"/>
+        <w:gridCol w:w="485"/>
+        <w:gridCol w:w="9971"/>
       </w:tblGrid>
       <w:tr w:rsidR="009C33EB" w:rsidRPr="00635EF8" w14:paraId="03F50281" w14:textId="77777777" w:rsidTr="009C33EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6C86A1AB" w14:textId="284230EB" w:rsidR="009C33EB" w:rsidRPr="00635EF8" w:rsidRDefault="009C33EB" w:rsidP="00CC1DDF">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:i w:val="0"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00635EF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:i w:val="0"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Vista la sol·licitud d’avaluació i aprovació</w:t>
             </w:r>
@@ -1258,63 +1258,73 @@
               </w:rPr>
               <w:t xml:space="preserve"> PLA DE RECERCA, la </w:t>
             </w:r>
             <w:r w:rsidR="00B41D20" w:rsidRPr="00635EF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:i w:val="0"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Comissió acadèmica del programa de doctorat, reunida en data _________________, ha resolt:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B41D20" w:rsidRPr="00635EF8" w14:paraId="3166A50E" w14:textId="77777777" w:rsidTr="00481497">
         <w:trPr>
           <w:trHeight w:val="254"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="279" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="76DE3E86" w14:textId="77777777" w:rsidR="00B41D20" w:rsidRPr="00635EF8" w:rsidRDefault="00B41D20" w:rsidP="00CC1DDF">
+          <w:p w14:paraId="76DE3E86" w14:textId="7939C93D" w:rsidR="00B41D20" w:rsidRPr="00635EF8" w:rsidRDefault="00ED7934" w:rsidP="00CC1DDF">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk156821786"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+              <w:t>XX</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10177" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="696DB932" w14:textId="0E5B784C" w:rsidR="00B41D20" w:rsidRPr="00635EF8" w:rsidRDefault="00481497" w:rsidP="002A149C">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:i w:val="0"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00635EF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
@@ -2143,65 +2153,65 @@
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1293" type="#_x0000_t75" style="width:442pt;height:442pt" o:bullet="t">
+      <v:shape id="_x0000_i1110" type="#_x0000_t75" style="width:441.8pt;height:441.8pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="1200px-Regular_quadrilateral"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="1">
     <w:pict>
-      <v:shape id="_x0000_i1294" type="#_x0000_t75" style="width:441.65pt;height:441.65pt" o:bullet="t">
+      <v:shape id="_x0000_i1111" type="#_x0000_t75" style="width:441.8pt;height:441.8pt" o:bullet="t">
         <v:imagedata r:id="rId2" o:title="Gruenes_Quadrat"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="2">
     <w:pict>
-      <v:shape id="_x0000_i1295" type="#_x0000_t75" style="width:15.8pt;height:13.5pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+      <v:shape id="_x0000_i1112" type="#_x0000_t75" style="width:15.9pt;height:13.55pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
         <v:imagedata r:id="rId3" o:title=""/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DE4BC6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F0FEF034"/>
     <w:lvl w:ilvl="0" w:tplc="090C78C0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04030003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4104,62 +4114,62 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="160"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="3"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3073"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BA263D"/>
     <w:rsid w:val="000050C6"/>
     <w:rsid w:val="00005AAF"/>
     <w:rsid w:val="0000745A"/>
     <w:rsid w:val="00007A23"/>
     <w:rsid w:val="000160E8"/>
     <w:rsid w:val="0004236F"/>
@@ -4311,81 +4321,83 @@
     <w:rsid w:val="00B5099D"/>
     <w:rsid w:val="00B53A00"/>
     <w:rsid w:val="00B56B42"/>
     <w:rsid w:val="00B64477"/>
     <w:rsid w:val="00B73EAD"/>
     <w:rsid w:val="00B7446F"/>
     <w:rsid w:val="00B76533"/>
     <w:rsid w:val="00BA263D"/>
     <w:rsid w:val="00BC3CD5"/>
     <w:rsid w:val="00BC45B8"/>
     <w:rsid w:val="00BC4EBB"/>
     <w:rsid w:val="00BD254B"/>
     <w:rsid w:val="00BF2E27"/>
     <w:rsid w:val="00C038FA"/>
     <w:rsid w:val="00C06B0F"/>
     <w:rsid w:val="00C15296"/>
     <w:rsid w:val="00C2432A"/>
     <w:rsid w:val="00C248DF"/>
     <w:rsid w:val="00C56064"/>
     <w:rsid w:val="00C70AF6"/>
     <w:rsid w:val="00C76042"/>
     <w:rsid w:val="00C802F5"/>
     <w:rsid w:val="00C92B2C"/>
     <w:rsid w:val="00CB299A"/>
     <w:rsid w:val="00CC1DDF"/>
+    <w:rsid w:val="00CC2B79"/>
     <w:rsid w:val="00CD2BED"/>
     <w:rsid w:val="00CE648B"/>
     <w:rsid w:val="00CF1FD4"/>
     <w:rsid w:val="00D041A2"/>
     <w:rsid w:val="00D23E0C"/>
     <w:rsid w:val="00D25EB7"/>
     <w:rsid w:val="00D3018B"/>
     <w:rsid w:val="00D51E44"/>
     <w:rsid w:val="00D65BA4"/>
     <w:rsid w:val="00D73475"/>
     <w:rsid w:val="00D74F22"/>
     <w:rsid w:val="00D83D76"/>
     <w:rsid w:val="00D87409"/>
     <w:rsid w:val="00DB3C5B"/>
     <w:rsid w:val="00DC2464"/>
     <w:rsid w:val="00DD3B73"/>
     <w:rsid w:val="00DD7F05"/>
     <w:rsid w:val="00DE49A9"/>
     <w:rsid w:val="00DE691C"/>
     <w:rsid w:val="00E21295"/>
     <w:rsid w:val="00E262CA"/>
     <w:rsid w:val="00E27245"/>
     <w:rsid w:val="00E34DE4"/>
     <w:rsid w:val="00E464ED"/>
     <w:rsid w:val="00E46B9E"/>
     <w:rsid w:val="00E5237B"/>
     <w:rsid w:val="00E5528F"/>
     <w:rsid w:val="00E556E2"/>
     <w:rsid w:val="00E8757F"/>
     <w:rsid w:val="00E97410"/>
     <w:rsid w:val="00ED49EA"/>
+    <w:rsid w:val="00ED7934"/>
     <w:rsid w:val="00EF7B84"/>
     <w:rsid w:val="00EF7FDD"/>
     <w:rsid w:val="00F008C9"/>
     <w:rsid w:val="00F23552"/>
     <w:rsid w:val="00F239EB"/>
     <w:rsid w:val="00F37704"/>
     <w:rsid w:val="00F504EE"/>
     <w:rsid w:val="00F5488F"/>
     <w:rsid w:val="00F554A2"/>
     <w:rsid w:val="00F56B4D"/>
     <w:rsid w:val="00F62EBD"/>
     <w:rsid w:val="00F630F8"/>
     <w:rsid w:val="00F75C2B"/>
     <w:rsid w:val="00F75F4B"/>
     <w:rsid w:val="00F76C43"/>
     <w:rsid w:val="00F979CC"/>
     <w:rsid w:val="00FC1DBA"/>
     <w:rsid w:val="00FD2199"/>
     <w:rsid w:val="00FD22AC"/>
     <w:rsid w:val="00FE29AE"/>
     <w:rsid w:val="00FF4526"/>
     <w:rsid w:val="0984C524"/>
     <w:rsid w:val="15BB3ABE"/>
     <w:rsid w:val="1943FD71"/>
     <w:rsid w:val="22D1B75A"/>
@@ -4394,51 +4406,51 @@
     <w:rsid w:val="3ADB266D"/>
     <w:rsid w:val="5C4584B8"/>
     <w:rsid w:val="638630BA"/>
     <w:rsid w:val="6B0588C7"/>
     <w:rsid w:val="74709094"/>
     <w:rsid w:val="7820CE5A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ca-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3073"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="700095FC"/>
   <w15:docId w15:val="{92D400D6-86DC-4C4F-9764-AEBA83B20949}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ca-ES" w:eastAsia="ca-ES" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
@@ -5536,59 +5548,50 @@
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="6c412d53-c65a-4291-82ea-cadf0f348f7c">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="a3fbd5a8-03f8-4c8b-97c7-4c903a852483" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D06CAE34D177A044BC7981BEA428101E" ma:contentTypeVersion="16" ma:contentTypeDescription="Crea un document nou" ma:contentTypeScope="" ma:versionID="f8a81e8dc91049f6d1140a36ad69ee69">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6c412d53-c65a-4291-82ea-cadf0f348f7c" xmlns:ns3="a3fbd5a8-03f8-4c8b-97c7-4c903a852483" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0191dde77d7ff22142e14c15bbf9d2fa" ns2:_="" ns3:_="">
     <xsd:import namespace="6c412d53-c65a-4291-82ea-cadf0f348f7c"/>
     <xsd:import namespace="a3fbd5a8-03f8-4c8b-97c7-4c903a852483"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
@@ -5787,118 +5790,127 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9B8D337D-A7DF-4F04-ACC0-627166BA0D12}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="6c412d53-c65a-4291-82ea-cadf0f348f7c"/>
     <ds:schemaRef ds:uri="a3fbd5a8-03f8-4c8b-97c7-4c903a852483"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96D1EB1D-0755-4F7D-B895-19FCF128B701}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4097D8E5-E550-491D-BA60-B4EA7DDBCEB0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="6c412d53-c65a-4291-82ea-cadf0f348f7c"/>
     <ds:schemaRef ds:uri="a3fbd5a8-03f8-4c8b-97c7-4c903a852483"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96D1EB1D-0755-4F7D-B895-19FCF128B701}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>225</Words>
-  <Characters>1403</Characters>
+  <Words>226</Words>
+  <Characters>1404</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Títol</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>PREINSCRIPCIÓ</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Escola de Doctorat i de Formació Continuada</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1625</CharactersWithSpaces>
+  <CharactersWithSpaces>1627</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PREINSCRIPCIÓ</dc:title>
   <dc:creator>Jordi Castanera Marin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100D06CAE34D177A044BC7981BEA428101E</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>