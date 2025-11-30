--- v0 (2025-10-21)
+++ v1 (2025-11-30)
@@ -480,133 +480,99 @@
               <w:t>tutorització</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EE562F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> de la tesi, d’acord amb les indicacions del programa de doctorat</w:t>
             </w:r>
             <w:r w:rsidR="009C33EB" w:rsidRPr="00EE562F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE562F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t>per tal que sigui avaluat i aprovat per la Comissió acadèmica del programa de doctorat (CAPD).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C7C8562" w14:textId="2B039506" w:rsidR="00905E19" w:rsidRPr="00905E19" w:rsidRDefault="00121E01" w:rsidP="00905E19">
+          <w:p w14:paraId="26A9F195" w14:textId="4C2E8560" w:rsidR="00837176" w:rsidRPr="00080E11" w:rsidRDefault="00121E01" w:rsidP="00837176">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Hoefler Text" w:hAnsi="Hoefler Text"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE3A5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+              </w:rPr>
+              <w:t>En aquest pla s’hi fa constar,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E83451">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> com a mínim</w:t>
+            </w:r>
+            <w:r w:rsidR="00837176" w:rsidRPr="00080E11">
+              <w:rPr>
+                <w:rFonts w:ascii="Hoefler Text" w:hAnsi="Hoefler Text"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00837176" w:rsidRPr="00837176">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>la metodologia utilitzada, els objectius que es volen aconseguir, així com els mitjans i la planificació temporal per arribar-hi. També s’ha d’afegir la pauta acordada sobre nombre i freqüència de les reunions entre l’estudiant i la seva direcció de tesi, que pot estar prevista en el programa de doctorat mateix, així com l’arxiu d’evidències documentals de cada reunió (missatges, actes, paper manuscrit, etc.) i el règim d’accés a espais, infraestructura i material relacionat amb la recerca. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C7C8562" w14:textId="60A59ABF" w:rsidR="00905E19" w:rsidRPr="00905E19" w:rsidRDefault="00905E19" w:rsidP="00905E19">
             <w:pPr>
               <w:pStyle w:val="Subttol"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE3A5A">
-[...72 lines deleted...]
-            </w:r>
           </w:p>
           <w:p w14:paraId="48E256B3" w14:textId="23FCF8EE" w:rsidR="00A13383" w:rsidRPr="00E83451" w:rsidRDefault="00F820EB" w:rsidP="00905E19">
             <w:pPr>
               <w:pStyle w:val="Subttol"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00905E19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Aquest </w:t>
             </w:r>
             <w:r w:rsidR="00641008" w:rsidRPr="00905E19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">pla de recerca i les seves modificacions les incorporaré al meu expedient acadèmic </w:t>
             </w:r>
             <w:r w:rsidRPr="00905E19">
               <w:rPr>
@@ -1392,112 +1358,122 @@
           <w:i w:val="0"/>
           <w:color w:val="00B050"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>la</w:t>
       </w:r>
       <w:r w:rsidR="009C33EB" w:rsidRPr="00EE562F">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="00B050"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> Comissió acadèmica del programa de doctorat</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Taulaambquadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="279"/>
-        <w:gridCol w:w="10177"/>
+        <w:gridCol w:w="485"/>
+        <w:gridCol w:w="9971"/>
       </w:tblGrid>
       <w:tr w:rsidR="009C33EB" w:rsidRPr="00EE562F" w14:paraId="03F50281" w14:textId="77777777" w:rsidTr="009C33EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6C86A1AB" w14:textId="5641A5E9" w:rsidR="009C33EB" w:rsidRPr="00EE562F" w:rsidRDefault="009C33EB" w:rsidP="00CC1DDF">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:i w:val="0"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE562F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:i w:val="0"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Vista la sol·licitud d’avaluació i aprovació del PLA DE RECERCA, la </w:t>
             </w:r>
             <w:r w:rsidR="00B41D20" w:rsidRPr="00EE562F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:i w:val="0"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Comissió acadèmica del programa de doctorat, reunida en data _________________, ha resolt:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B41D20" w:rsidRPr="00EE562F" w14:paraId="3166A50E" w14:textId="77777777" w:rsidTr="00481497">
         <w:trPr>
           <w:trHeight w:val="254"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="279" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="76DE3E86" w14:textId="77777777" w:rsidR="00B41D20" w:rsidRPr="00EE562F" w:rsidRDefault="00B41D20" w:rsidP="00CC1DDF">
+          <w:p w14:paraId="76DE3E86" w14:textId="56622E30" w:rsidR="00B41D20" w:rsidRPr="00EE562F" w:rsidRDefault="007C6CCF" w:rsidP="00CC1DDF">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk156821786"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+              <w:t>XX</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10177" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="62C17AF2" w14:textId="145755A0" w:rsidR="00B41D20" w:rsidRPr="00EE562F" w:rsidRDefault="00481497" w:rsidP="00CC1DDF">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:i w:val="0"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE562F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
@@ -2062,61 +2038,50 @@
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>ció</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE562F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:i w:val="0"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> del programa</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5F7EE7E9" w14:textId="77777777" w:rsidR="00AB6B85" w:rsidRPr="00EE562F" w:rsidRDefault="00AB6B85" w:rsidP="00CC1DDF">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:i w:val="0"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="18F36060" w14:textId="77777777" w:rsidR="00AB6B85" w:rsidRPr="00EE562F" w:rsidRDefault="00AB6B85" w:rsidP="00CC1DDF">
-            <w:pPr>
-[...9 lines deleted...]
-          <w:p w14:paraId="53398C22" w14:textId="77777777" w:rsidR="00481497" w:rsidRPr="00EE562F" w:rsidRDefault="00481497" w:rsidP="00CC1DDF">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:i w:val="0"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7A89C0CA" w14:textId="77777777" w:rsidR="0084619C" w:rsidRPr="00EE562F" w:rsidRDefault="0084619C" w:rsidP="00CC1DDF">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:i w:val="0"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="416973FD" w14:textId="77777777" w:rsidR="00481497" w:rsidRPr="00EE562F" w:rsidRDefault="00481497" w:rsidP="00CC1DDF">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
@@ -2238,50 +2203,57 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Nova">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="0000028F" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Hoefler Text">
+    <w:altName w:val="Cambria"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002FF" w:usb1="5000204B" w:usb2="00000004" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="611163B6" w14:textId="721D8B86" w:rsidR="00B73EAD" w:rsidRPr="00AB6B85" w:rsidRDefault="3ADB266D" w:rsidP="00AB6B85">
     <w:pPr>
       <w:pStyle w:val="Peu"/>
     </w:pPr>
     <w:r w:rsidRPr="00AB6B85">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5CD16273" w14:textId="77777777" w:rsidR="00516192" w:rsidRDefault="00516192">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
@@ -2298,51 +2270,51 @@
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="00FE95F2" w14:textId="7D405F6A" w:rsidR="00A13383" w:rsidRPr="003817B7" w:rsidRDefault="6B0588C7" w:rsidP="6B0588C7">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:color w:val="129649"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="6B0588C7">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:color w:val="129649"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3586A5F6" w14:textId="269A3D0C" w:rsidR="009C4F58" w:rsidRDefault="009C4F58" w:rsidP="009C4F58">
+  <w:p w14:paraId="3586A5F6" w14:textId="4676BCAA" w:rsidR="009C4F58" w:rsidRDefault="009C4F58" w:rsidP="009C4F58">
     <w:pPr>
       <w:pStyle w:val="Capalera"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="center" w:pos="3402"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel"/>
         <w:b/>
         <w:caps/>
         <w:noProof/>
         <w:spacing w:val="-6"/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="742E425E" wp14:editId="5DDBDACA">
           <wp:extent cx="1422400" cy="552450"/>
           <wp:effectExtent l="0" t="0" r="6350" b="0"/>
           <wp:docPr id="1682934303" name="Imatge 1" descr="Imatge que conté text, Font, logotip, Gràfics&#10;&#10;Descripció generada automàticament"/>
@@ -2374,122 +2346,138 @@
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1422400" cy="552450"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="es-ES"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidRPr="00EE562F">
+    <w:r w:rsidRPr="007C6CCF">
       <w:rPr>
         <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova"/>
+        <w:b/>
+        <w:caps/>
+        <w:noProof/>
         <w:color w:val="00B050"/>
-        <w:lang w:val="es-ES"/>
+        <w:spacing w:val="-6"/>
+        <w:sz w:val="28"/>
       </w:rPr>
       <w:tab/>
+    </w:r>
+    <w:r w:rsidR="007C6CCF" w:rsidRPr="007C6CCF">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova"/>
+        <w:b/>
+        <w:caps/>
+        <w:noProof/>
+        <w:color w:val="00B050"/>
+        <w:spacing w:val="-6"/>
+        <w:sz w:val="28"/>
+      </w:rPr>
+      <w:t xml:space="preserve">SOL·LICITUD D’APROVACIÓ DEL </w:t>
     </w:r>
     <w:r w:rsidRPr="00EE562F">
       <w:rPr>
         <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova"/>
         <w:b/>
         <w:caps/>
         <w:noProof/>
         <w:color w:val="00B050"/>
         <w:spacing w:val="-6"/>
         <w:sz w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve">pla DE RECERCA </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="717C7FE3" w14:textId="77777777" w:rsidR="006708F8" w:rsidRPr="0059448C" w:rsidRDefault="006708F8" w:rsidP="3ADB266D">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:441.75pt;height:441.75pt" o:bullet="t">
+      <v:shape id="_x0000_i1044" type="#_x0000_t75" style="width:441.75pt;height:441.75pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="1200px-Regular_quadrilateral"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="1">
     <w:pict>
-      <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:441.75pt;height:441.75pt" o:bullet="t">
+      <v:shape id="_x0000_i1045" type="#_x0000_t75" style="width:441.75pt;height:441.75pt" o:bullet="t">
         <v:imagedata r:id="rId2" o:title="Gruenes_Quadrat"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="2">
     <w:pict>
-      <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:15.75pt;height:13.5pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+      <v:shape id="_x0000_i1046" type="#_x0000_t75" style="width:15.75pt;height:13.5pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
         <v:imagedata r:id="rId3" o:title=""/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DE4BC6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F0FEF034"/>
     <w:lvl w:ilvl="0" w:tplc="090C78C0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04030003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4523,51 +4511,51 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1619875300">
     <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="3"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3073"/>
+    <o:shapedefaults v:ext="edit" spidmax="5121"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BA263D"/>
     <w:rsid w:val="000050C6"/>
     <w:rsid w:val="00005AAF"/>
     <w:rsid w:val="0000745A"/>
     <w:rsid w:val="00007A23"/>
     <w:rsid w:val="000160E8"/>
     <w:rsid w:val="0004236F"/>
@@ -4624,86 +4612,89 @@
     <w:rsid w:val="003111EB"/>
     <w:rsid w:val="003333BF"/>
     <w:rsid w:val="00363C6B"/>
     <w:rsid w:val="0036544E"/>
     <w:rsid w:val="00370306"/>
     <w:rsid w:val="003817B7"/>
     <w:rsid w:val="003918FA"/>
     <w:rsid w:val="003970C6"/>
     <w:rsid w:val="003A14FD"/>
     <w:rsid w:val="003B47EC"/>
     <w:rsid w:val="003C6B3A"/>
     <w:rsid w:val="003E2525"/>
     <w:rsid w:val="004056E7"/>
     <w:rsid w:val="00414F41"/>
     <w:rsid w:val="00421F0D"/>
     <w:rsid w:val="00437F64"/>
     <w:rsid w:val="0045085B"/>
     <w:rsid w:val="00452521"/>
     <w:rsid w:val="0045255D"/>
     <w:rsid w:val="00457380"/>
     <w:rsid w:val="00470201"/>
     <w:rsid w:val="00475A2D"/>
     <w:rsid w:val="00481497"/>
     <w:rsid w:val="004A522F"/>
     <w:rsid w:val="004A5C0B"/>
+    <w:rsid w:val="004A7CF5"/>
     <w:rsid w:val="004B1503"/>
     <w:rsid w:val="004D1BE5"/>
     <w:rsid w:val="00516192"/>
     <w:rsid w:val="0052732C"/>
     <w:rsid w:val="00575D46"/>
     <w:rsid w:val="0059448C"/>
     <w:rsid w:val="005D0D92"/>
     <w:rsid w:val="005D74C2"/>
     <w:rsid w:val="0061290D"/>
     <w:rsid w:val="00632AB1"/>
     <w:rsid w:val="00641008"/>
     <w:rsid w:val="00646FEB"/>
     <w:rsid w:val="00654D95"/>
     <w:rsid w:val="0065700A"/>
     <w:rsid w:val="006708F8"/>
     <w:rsid w:val="00690E72"/>
     <w:rsid w:val="00697577"/>
     <w:rsid w:val="006B2ECF"/>
     <w:rsid w:val="006B3D5D"/>
     <w:rsid w:val="006E16AE"/>
     <w:rsid w:val="006E2F45"/>
     <w:rsid w:val="0072240E"/>
     <w:rsid w:val="00747D03"/>
     <w:rsid w:val="00772D02"/>
     <w:rsid w:val="00796FDC"/>
     <w:rsid w:val="007A3AAF"/>
+    <w:rsid w:val="007C6CCF"/>
     <w:rsid w:val="007D2D03"/>
     <w:rsid w:val="007D4AB0"/>
     <w:rsid w:val="007D4EA8"/>
     <w:rsid w:val="007D70DE"/>
     <w:rsid w:val="007F1459"/>
     <w:rsid w:val="00807CB5"/>
     <w:rsid w:val="00811091"/>
     <w:rsid w:val="008123A6"/>
     <w:rsid w:val="0082021D"/>
     <w:rsid w:val="00836D4A"/>
+    <w:rsid w:val="00837176"/>
     <w:rsid w:val="0084619C"/>
     <w:rsid w:val="00871BE1"/>
     <w:rsid w:val="00880993"/>
     <w:rsid w:val="008843EE"/>
     <w:rsid w:val="00891A32"/>
     <w:rsid w:val="00893E0F"/>
     <w:rsid w:val="008D043E"/>
     <w:rsid w:val="00905E19"/>
     <w:rsid w:val="00907561"/>
     <w:rsid w:val="009115A6"/>
     <w:rsid w:val="00922D3F"/>
     <w:rsid w:val="00934DD1"/>
     <w:rsid w:val="0093653F"/>
     <w:rsid w:val="00937717"/>
     <w:rsid w:val="00942896"/>
     <w:rsid w:val="00961C2C"/>
     <w:rsid w:val="00990D23"/>
     <w:rsid w:val="009949CC"/>
     <w:rsid w:val="009A1417"/>
     <w:rsid w:val="009B5C9B"/>
     <w:rsid w:val="009C0837"/>
     <w:rsid w:val="009C33AC"/>
     <w:rsid w:val="009C33EB"/>
     <w:rsid w:val="009C38AE"/>
     <w:rsid w:val="009C4F58"/>
@@ -4734,50 +4725,51 @@
     <w:rsid w:val="00B64477"/>
     <w:rsid w:val="00B721A4"/>
     <w:rsid w:val="00B73EAD"/>
     <w:rsid w:val="00B7446F"/>
     <w:rsid w:val="00B76533"/>
     <w:rsid w:val="00BA263D"/>
     <w:rsid w:val="00BC3CD5"/>
     <w:rsid w:val="00BC45B8"/>
     <w:rsid w:val="00BC4EBB"/>
     <w:rsid w:val="00BD254B"/>
     <w:rsid w:val="00BF2E27"/>
     <w:rsid w:val="00C038FA"/>
     <w:rsid w:val="00C06B0F"/>
     <w:rsid w:val="00C15296"/>
     <w:rsid w:val="00C2432A"/>
     <w:rsid w:val="00C248DF"/>
     <w:rsid w:val="00C56064"/>
     <w:rsid w:val="00C70AF6"/>
     <w:rsid w:val="00C76042"/>
     <w:rsid w:val="00C802F5"/>
     <w:rsid w:val="00C92B2C"/>
     <w:rsid w:val="00CB076E"/>
     <w:rsid w:val="00CB299A"/>
     <w:rsid w:val="00CB65DF"/>
     <w:rsid w:val="00CC1DDF"/>
+    <w:rsid w:val="00CC2B79"/>
     <w:rsid w:val="00CD2BED"/>
     <w:rsid w:val="00CE3A5A"/>
     <w:rsid w:val="00CE648B"/>
     <w:rsid w:val="00CF1FD4"/>
     <w:rsid w:val="00D041A2"/>
     <w:rsid w:val="00D23E0C"/>
     <w:rsid w:val="00D25EB7"/>
     <w:rsid w:val="00D3018B"/>
     <w:rsid w:val="00D51E44"/>
     <w:rsid w:val="00D65BA4"/>
     <w:rsid w:val="00D74F22"/>
     <w:rsid w:val="00D83D76"/>
     <w:rsid w:val="00D87409"/>
     <w:rsid w:val="00DB3C5B"/>
     <w:rsid w:val="00DC2464"/>
     <w:rsid w:val="00DD3B73"/>
     <w:rsid w:val="00DD7F05"/>
     <w:rsid w:val="00DE49A9"/>
     <w:rsid w:val="00DE691C"/>
     <w:rsid w:val="00E21295"/>
     <w:rsid w:val="00E262CA"/>
     <w:rsid w:val="00E27245"/>
     <w:rsid w:val="00E34DE4"/>
     <w:rsid w:val="00E35DD0"/>
     <w:rsid w:val="00E464ED"/>
@@ -4822,51 +4814,51 @@
     <w:rsid w:val="3ADB266D"/>
     <w:rsid w:val="5C4584B8"/>
     <w:rsid w:val="638630BA"/>
     <w:rsid w:val="6B0588C7"/>
     <w:rsid w:val="74709094"/>
     <w:rsid w:val="7820CE5A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ca-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3073"/>
+    <o:shapedefaults v:ext="edit" spidmax="5121"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="700095FC"/>
   <w15:docId w15:val="{92D400D6-86DC-4C4F-9764-AEBA83B20949}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ca-ES" w:eastAsia="ca-ES" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
@@ -6258,75 +6250,75 @@
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4097D8E5-E550-491D-BA60-B4EA7DDBCEB0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="6c412d53-c65a-4291-82ea-cadf0f348f7c"/>
     <ds:schemaRef ds:uri="a3fbd5a8-03f8-4c8b-97c7-4c903a852483"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>391</Words>
-  <Characters>2921</Characters>
+  <Words>389</Words>
+  <Characters>2914</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>24</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Títol</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>PREINSCRIPCIÓ</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Escola de Doctorat i de Formació Continuada</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3306</CharactersWithSpaces>
+  <CharactersWithSpaces>3297</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PREINSCRIPCIÓ</dc:title>
   <dc:creator>Jordi Castanera Marin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100D06CAE34D177A044BC7981BEA428101E</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>