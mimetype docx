--- v0 (2025-10-26)
+++ v1 (2025-11-16)
@@ -4066,75 +4066,51 @@
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>I DECLARE</w:t>
       </w:r>
       <w:r w:rsidRPr="0004269B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0004269B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">that I am the holder of a </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> and I fulfil the requirements indicated in this article 325.bis, as accredited in (indicate one of the 3 options below):</w:t>
+        <w:t>that I am the holder of a PhD and I fulfil the requirements indicated in this article 325.bis, as accredited in (indicate one of the 3 options below):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BB30E28" w14:textId="77777777" w:rsidR="00FB1330" w:rsidRPr="00AB33BE" w:rsidRDefault="00FB1330" w:rsidP="0004269B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:right="-40"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B9E582F" w14:textId="78DC9CCF" w:rsidR="00A87AEF" w:rsidRPr="00BD17BC" w:rsidRDefault="00A87AEF" w:rsidP="006F0FCC">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
@@ -4487,51 +4463,51 @@
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A04B45">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Research</w:t>
       </w:r>
       <w:r w:rsidRPr="00A04B45">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> merits recognised by the </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="000C248F">
+      <w:r w:rsidRPr="00BD70FA">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://www.aneca.es/sexenios"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A04B45">
         <w:rPr>
           <w:rStyle w:val="Enlla"/>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>CNEAI</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A04B45">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="20"/>
@@ -4697,109 +4673,109 @@
         </w:rPr>
         <w:t xml:space="preserve">, corresponents als criteris específics de la </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="002471D5" w:rsidRPr="00A04B45">
           <w:rPr>
             <w:rStyle w:val="Enlla"/>
             <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="ca-ES"/>
           </w:rPr>
           <w:t>CNEAI</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="001323EB" w:rsidRPr="00A04B45">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BD17BC" w:rsidRPr="000C248F">
+      <w:r w:rsidR="00BD17BC" w:rsidRPr="00BD70FA">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00BD17BC" w:rsidRPr="000C248F">
+      <w:r w:rsidR="00BD17BC" w:rsidRPr="00BD70FA">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidR="00C349F9" w:rsidRPr="000C248F">
+      <w:r w:rsidR="00C349F9" w:rsidRPr="00BD70FA">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>é</w:t>
       </w:r>
-      <w:r w:rsidR="00BD17BC" w:rsidRPr="000C248F">
+      <w:r w:rsidR="00BD17BC" w:rsidRPr="00BD70FA">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>s informació en</w:t>
       </w:r>
-      <w:r w:rsidR="009C66B2" w:rsidRPr="000C248F">
+      <w:r w:rsidR="009C66B2" w:rsidRPr="00BD70FA">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="00BD17BC" w:rsidRPr="000C248F">
+        <w:r w:rsidR="00BD17BC" w:rsidRPr="00BD70FA">
           <w:rPr>
             <w:rStyle w:val="Enlla"/>
             <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="ca-ES"/>
           </w:rPr>
           <w:t>aquesta pàgina UAB</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00BD17BC" w:rsidRPr="000C248F">
+      <w:r w:rsidR="00BD17BC" w:rsidRPr="00BD70FA">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00BD17BC">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001323EB" w:rsidRPr="00A04B45">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -5119,75 +5095,62 @@
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the five publications </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00A04B45">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>in the area of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00A04B45">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> research of the doctoral thesis, corresponding to the specific criteria of the </w:t>
       </w:r>
-      <w:r>
-[...23 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00A04B45">
+          <w:rPr>
+            <w:rStyle w:val="Enlla"/>
+            <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t>CNEAI</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r w:rsidRPr="00A04B45">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> for the area of knowledge of the thesis.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1921BA2F" w14:textId="77777777" w:rsidR="00FD4345" w:rsidRDefault="00FD4345" w:rsidP="00FD4345">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:right="-40"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -5229,131 +5192,151 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D285FCC" w14:textId="77777777" w:rsidR="000625DA" w:rsidRPr="001E2C03" w:rsidRDefault="000625DA" w:rsidP="00FD4345">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:right="-40"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3DF05B0A" w14:textId="2F6EFDCD" w:rsidR="00FD4345" w:rsidRPr="00A04B45" w:rsidRDefault="00066D4E" w:rsidP="00FD4345">
+    <w:p w14:paraId="3DF05B0A" w14:textId="60F6EBBB" w:rsidR="00FD4345" w:rsidRPr="00A04B45" w:rsidRDefault="00066D4E" w:rsidP="00FD4345">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:right="-40"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A04B45">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>Indicant</w:t>
       </w:r>
       <w:r w:rsidRPr="00A04B45">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006307C2">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>els següents enllaços</w:t>
       </w:r>
+      <w:r w:rsidR="003074FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003074FF" w:rsidRPr="00BD70FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t>per comprovar la informació</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD4345" w:rsidRPr="00BD70FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="006307C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00FD4345" w:rsidRPr="00A04B45">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t>enllaç a l’ORCID / Professorat UAB: Egreta / Portal de recerca de Catalunya / plana web particular o de la institució on treballa, etc...:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1157DF1A" w14:textId="201E2B38" w:rsidR="005E4F0A" w:rsidRPr="00A04B45" w:rsidRDefault="005E4F0A" w:rsidP="005E4F0A">
+    <w:p w14:paraId="1157DF1A" w14:textId="1F9EAFBC" w:rsidR="005E4F0A" w:rsidRPr="00A04B45" w:rsidRDefault="005E4F0A" w:rsidP="005E4F0A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="-40"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A04B45">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>Indicando</w:t>
       </w:r>
@@ -5420,50 +5403,104 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A04B45">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>enlace</w:t>
       </w:r>
       <w:r w:rsidR="006307C2">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003074FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003074FF" w:rsidRPr="00BD70FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">para </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003074FF" w:rsidRPr="00BD70FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t>comprobar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003074FF" w:rsidRPr="00BD70FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003074FF" w:rsidRPr="00BD70FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t>información</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A04B45">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A04B45">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>enlace</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A04B45">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
@@ -5585,84 +5622,148 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A04B45">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>trabaja</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A04B45">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>, etc...:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DFD6D19" w14:textId="406CB459" w:rsidR="0004269B" w:rsidRPr="00A04B45" w:rsidRDefault="0004269B" w:rsidP="0004269B">
+    <w:p w14:paraId="2DFD6D19" w14:textId="18632240" w:rsidR="0004269B" w:rsidRPr="00A04B45" w:rsidRDefault="0004269B" w:rsidP="0004269B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="708" w:right="-40"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A04B45">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>On the following link</w:t>
       </w:r>
       <w:r w:rsidR="006307C2">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A04B45">
+      <w:r w:rsidR="001E4278">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D9308C" w:rsidRPr="00BD70FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="001E4278" w:rsidRPr="00BD70FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001E4278" w:rsidRPr="00BD70FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t>verify</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001E4278" w:rsidRPr="00BD70FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001E4278" w:rsidRPr="00BD70FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t>information</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD70FA">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="006307C2">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A04B45">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>link to: ORCID / UAB staff: Egreta / Research portal of Catalonia / own website or that of the institution where you work, etc.).</w:t>
@@ -5890,50 +5991,51 @@
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2484944B" w14:textId="65909516" w:rsidR="00FB1330" w:rsidRPr="00A04B45" w:rsidRDefault="005E4F0A" w:rsidP="006F0FCC">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:right="-40"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A04B45">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Data i signatura</w:t>
       </w:r>
       <w:r w:rsidR="00B51C09">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A04B45">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="005E5548">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -5998,52 +6100,52 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0004269B" w:rsidRPr="00A04B45">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Date and signature</w:t>
       </w:r>
       <w:r w:rsidR="00FB1330" w:rsidRPr="00A04B45">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FB1330" w:rsidRPr="00A04B45" w:rsidSect="004D79ED">
-      <w:headerReference w:type="default" r:id="rId12"/>
-      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2C40754B" w14:textId="77777777" w:rsidR="00F615C3" w:rsidRDefault="00F615C3" w:rsidP="007C4025">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="269ED103" w14:textId="77777777" w:rsidR="00F615C3" w:rsidRDefault="00F615C3" w:rsidP="007C4025">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -7670,129 +7772,130 @@
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001E4660"/>
     <w:rsid w:val="00001202"/>
     <w:rsid w:val="000033A1"/>
     <w:rsid w:val="00015745"/>
     <w:rsid w:val="000309D1"/>
     <w:rsid w:val="0004269B"/>
     <w:rsid w:val="00051F7C"/>
     <w:rsid w:val="000619E4"/>
     <w:rsid w:val="000625DA"/>
     <w:rsid w:val="00062CF1"/>
     <w:rsid w:val="000668F2"/>
     <w:rsid w:val="00066D4E"/>
     <w:rsid w:val="0007004D"/>
     <w:rsid w:val="000B2E4E"/>
     <w:rsid w:val="000B4071"/>
     <w:rsid w:val="000B64F0"/>
-    <w:rsid w:val="000C248F"/>
     <w:rsid w:val="000D7A47"/>
     <w:rsid w:val="000E4BCD"/>
     <w:rsid w:val="000E5CF0"/>
     <w:rsid w:val="000F16AA"/>
     <w:rsid w:val="000F2F9E"/>
     <w:rsid w:val="001023D9"/>
     <w:rsid w:val="00112D73"/>
     <w:rsid w:val="00130D86"/>
     <w:rsid w:val="001323EB"/>
     <w:rsid w:val="0013766C"/>
     <w:rsid w:val="001535F6"/>
     <w:rsid w:val="00157316"/>
     <w:rsid w:val="00163230"/>
     <w:rsid w:val="001A0891"/>
     <w:rsid w:val="001B1940"/>
     <w:rsid w:val="001B72AF"/>
     <w:rsid w:val="001D392C"/>
     <w:rsid w:val="001D7F8C"/>
     <w:rsid w:val="001E020B"/>
     <w:rsid w:val="001E0B3E"/>
     <w:rsid w:val="001E12F4"/>
     <w:rsid w:val="001E2C03"/>
+    <w:rsid w:val="001E4278"/>
     <w:rsid w:val="001E4660"/>
     <w:rsid w:val="001F0A94"/>
     <w:rsid w:val="001F4866"/>
     <w:rsid w:val="00205A24"/>
     <w:rsid w:val="00212A3F"/>
     <w:rsid w:val="00214FCA"/>
     <w:rsid w:val="00236031"/>
     <w:rsid w:val="00237CE5"/>
     <w:rsid w:val="002471D5"/>
     <w:rsid w:val="00253362"/>
     <w:rsid w:val="002638E6"/>
     <w:rsid w:val="00263A4A"/>
     <w:rsid w:val="00275684"/>
     <w:rsid w:val="00284174"/>
     <w:rsid w:val="002B1583"/>
     <w:rsid w:val="002B53DA"/>
     <w:rsid w:val="002C3919"/>
     <w:rsid w:val="002C7C6F"/>
     <w:rsid w:val="002E18EA"/>
     <w:rsid w:val="002E7E1F"/>
+    <w:rsid w:val="003074FF"/>
     <w:rsid w:val="00310DF3"/>
     <w:rsid w:val="00314145"/>
     <w:rsid w:val="0031539F"/>
     <w:rsid w:val="003222CE"/>
     <w:rsid w:val="003259A1"/>
     <w:rsid w:val="003262E5"/>
     <w:rsid w:val="00332415"/>
     <w:rsid w:val="00333EB4"/>
     <w:rsid w:val="003418CE"/>
     <w:rsid w:val="00341A35"/>
     <w:rsid w:val="00344F5B"/>
     <w:rsid w:val="003507AA"/>
+    <w:rsid w:val="003752E3"/>
     <w:rsid w:val="00397CFF"/>
     <w:rsid w:val="003A43C8"/>
     <w:rsid w:val="003B29BC"/>
     <w:rsid w:val="003C09EB"/>
     <w:rsid w:val="003C5599"/>
     <w:rsid w:val="003C5748"/>
     <w:rsid w:val="003F2827"/>
     <w:rsid w:val="00405064"/>
     <w:rsid w:val="004154A4"/>
     <w:rsid w:val="00416917"/>
     <w:rsid w:val="00420BB0"/>
     <w:rsid w:val="00424054"/>
     <w:rsid w:val="00451655"/>
     <w:rsid w:val="00454706"/>
     <w:rsid w:val="00466560"/>
     <w:rsid w:val="00466A08"/>
     <w:rsid w:val="004957B9"/>
     <w:rsid w:val="004A6ACB"/>
     <w:rsid w:val="004B7DA7"/>
     <w:rsid w:val="004D3C9E"/>
     <w:rsid w:val="004D79ED"/>
     <w:rsid w:val="004E1321"/>
     <w:rsid w:val="004E18DC"/>
-    <w:rsid w:val="004E622F"/>
     <w:rsid w:val="00507928"/>
     <w:rsid w:val="00507F45"/>
     <w:rsid w:val="00514E41"/>
     <w:rsid w:val="00526F5E"/>
     <w:rsid w:val="00532856"/>
     <w:rsid w:val="00532C05"/>
     <w:rsid w:val="00536F33"/>
     <w:rsid w:val="00537862"/>
     <w:rsid w:val="00537B25"/>
     <w:rsid w:val="00572203"/>
     <w:rsid w:val="005A2AA5"/>
     <w:rsid w:val="005A389C"/>
     <w:rsid w:val="005A69A4"/>
     <w:rsid w:val="005D3CE9"/>
     <w:rsid w:val="005D635C"/>
     <w:rsid w:val="005E4F0A"/>
     <w:rsid w:val="005E52A8"/>
     <w:rsid w:val="005E5548"/>
     <w:rsid w:val="005E7140"/>
     <w:rsid w:val="00605CB5"/>
     <w:rsid w:val="00606D54"/>
     <w:rsid w:val="00616A57"/>
     <w:rsid w:val="00617CB7"/>
     <w:rsid w:val="00622E5A"/>
     <w:rsid w:val="00625DFA"/>
@@ -7877,111 +7980,113 @@
     <w:rsid w:val="00AB6FBD"/>
     <w:rsid w:val="00AE303D"/>
     <w:rsid w:val="00AF532F"/>
     <w:rsid w:val="00B11BC4"/>
     <w:rsid w:val="00B11E6A"/>
     <w:rsid w:val="00B172F3"/>
     <w:rsid w:val="00B32242"/>
     <w:rsid w:val="00B35D01"/>
     <w:rsid w:val="00B40526"/>
     <w:rsid w:val="00B4234D"/>
     <w:rsid w:val="00B50054"/>
     <w:rsid w:val="00B50092"/>
     <w:rsid w:val="00B5196C"/>
     <w:rsid w:val="00B51C09"/>
     <w:rsid w:val="00B61008"/>
     <w:rsid w:val="00B6113A"/>
     <w:rsid w:val="00B668AB"/>
     <w:rsid w:val="00BA2C41"/>
     <w:rsid w:val="00BB2A00"/>
     <w:rsid w:val="00BC215E"/>
     <w:rsid w:val="00BC7AEC"/>
     <w:rsid w:val="00BD17BC"/>
     <w:rsid w:val="00BD3842"/>
     <w:rsid w:val="00BD6A26"/>
     <w:rsid w:val="00BD6F77"/>
+    <w:rsid w:val="00BD70FA"/>
     <w:rsid w:val="00BE14C2"/>
     <w:rsid w:val="00BF0FBC"/>
     <w:rsid w:val="00C0201E"/>
     <w:rsid w:val="00C06C98"/>
     <w:rsid w:val="00C13C41"/>
     <w:rsid w:val="00C24CAF"/>
     <w:rsid w:val="00C31F71"/>
     <w:rsid w:val="00C349F9"/>
     <w:rsid w:val="00C44244"/>
     <w:rsid w:val="00C450CA"/>
     <w:rsid w:val="00C52878"/>
     <w:rsid w:val="00C5636E"/>
     <w:rsid w:val="00C71BA2"/>
     <w:rsid w:val="00C84415"/>
     <w:rsid w:val="00CB2C7D"/>
     <w:rsid w:val="00CC41AB"/>
     <w:rsid w:val="00CD0059"/>
     <w:rsid w:val="00CD4AFD"/>
     <w:rsid w:val="00D004C7"/>
     <w:rsid w:val="00D0488C"/>
     <w:rsid w:val="00D04DB4"/>
     <w:rsid w:val="00D205D4"/>
     <w:rsid w:val="00D20C24"/>
     <w:rsid w:val="00D316C7"/>
     <w:rsid w:val="00D3332C"/>
     <w:rsid w:val="00D41CAA"/>
     <w:rsid w:val="00D616A9"/>
-    <w:rsid w:val="00D64034"/>
     <w:rsid w:val="00D65605"/>
     <w:rsid w:val="00D83D1E"/>
+    <w:rsid w:val="00D9308C"/>
     <w:rsid w:val="00DA2CD6"/>
     <w:rsid w:val="00DB3DAF"/>
     <w:rsid w:val="00DC3489"/>
     <w:rsid w:val="00DE370A"/>
     <w:rsid w:val="00DE7F48"/>
     <w:rsid w:val="00E23542"/>
     <w:rsid w:val="00E236A6"/>
     <w:rsid w:val="00E24A43"/>
     <w:rsid w:val="00E25432"/>
     <w:rsid w:val="00E270B0"/>
     <w:rsid w:val="00E35603"/>
     <w:rsid w:val="00E44F0C"/>
     <w:rsid w:val="00E50A8E"/>
     <w:rsid w:val="00E60E26"/>
     <w:rsid w:val="00E63ACD"/>
     <w:rsid w:val="00E6422A"/>
     <w:rsid w:val="00E77AA9"/>
     <w:rsid w:val="00E77DD6"/>
     <w:rsid w:val="00E81041"/>
     <w:rsid w:val="00E837DC"/>
     <w:rsid w:val="00E94C8F"/>
     <w:rsid w:val="00EA5691"/>
     <w:rsid w:val="00EB4217"/>
     <w:rsid w:val="00EB5ECA"/>
     <w:rsid w:val="00EC24D2"/>
     <w:rsid w:val="00EC2EA4"/>
     <w:rsid w:val="00EC647E"/>
     <w:rsid w:val="00ED15F4"/>
     <w:rsid w:val="00ED345D"/>
     <w:rsid w:val="00EE1436"/>
     <w:rsid w:val="00F03CDC"/>
+    <w:rsid w:val="00F11D99"/>
     <w:rsid w:val="00F12401"/>
     <w:rsid w:val="00F144A2"/>
     <w:rsid w:val="00F14870"/>
     <w:rsid w:val="00F2087D"/>
     <w:rsid w:val="00F32973"/>
     <w:rsid w:val="00F37B0D"/>
     <w:rsid w:val="00F42FB5"/>
     <w:rsid w:val="00F615C3"/>
     <w:rsid w:val="00F85DA6"/>
     <w:rsid w:val="00F87BEE"/>
     <w:rsid w:val="00FB1330"/>
     <w:rsid w:val="00FB594B"/>
     <w:rsid w:val="00FC209B"/>
     <w:rsid w:val="00FD4345"/>
     <w:rsid w:val="00FE7F7A"/>
     <w:rsid w:val="0C579B44"/>
     <w:rsid w:val="0FBD51C7"/>
     <w:rsid w:val="1506EDAB"/>
     <w:rsid w:val="18C5C1C5"/>
     <w:rsid w:val="1CBA3516"/>
     <w:rsid w:val="28CB2D5A"/>
     <w:rsid w:val="2A7F33B3"/>
     <w:rsid w:val="36E9741F"/>
     <w:rsid w:val="38D11AC5"/>
     <w:rsid w:val="6A9E4C10"/>
@@ -9483,51 +9588,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1852257251">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aneca.es/sexenios" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aneca.es/sexenios" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aneca.es/sexenios" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uab.cat/ca/biblioteques-acreditacio/trams-recerca" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aneca.es/sexenios" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aneca.es/sexenios" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aneca.es/sexenios" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aneca.es/sexenios" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aneca.es/sexenios" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uab.cat/ca/biblioteques-acreditacio/trams-recerca" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aneca.es/sexenios" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.uab.cat/doctorat" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.uab.cat/doctorat" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -9789,76 +9894,76 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme 2013 - 2022" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>4805</Characters>
+  <Pages>3</Pages>
+  <Words>886</Words>
+  <Characters>4876</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
+  <DocSecurity>4</DocSecurity>
   <Lines>40</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Títol</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Nom del procediment</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5667</CharactersWithSpaces>
+  <CharactersWithSpaces>5751</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>2818174</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.uab.cat/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4194362</vt:i4>
       </vt:variant>
       <vt:variant>