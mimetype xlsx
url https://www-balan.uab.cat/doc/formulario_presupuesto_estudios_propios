--- v0 (2025-10-19)
+++ v1 (2025-12-06)
@@ -18,109 +18,109 @@
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp5.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp6.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp7.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp8.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29029"/>
   <workbookPr codeName="AquestLlibreDeTreball"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://uab-my.sharepoint.com/personal/2122948_uab_cat/Documents/Escritorio/Doc Propostes/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://uab.sharepoint.com/sites/UPQA/Documentos compartidos/General/2024.05 Formularis presentació propostes/AAA Formularis WEB i text propostes/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{C50A25BF-16C5-4E8C-8804-AB81E6E988F4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="106" documentId="13_ncr:1_{42960607-0EAA-4ADF-B0F4-81EFC828D322}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{47B11E53-9E48-4708-9FD8-06FF1F22CF22}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-240" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="INGRESSOS" sheetId="1" r:id="rId1"/>
-    <sheet name="DESPESES" sheetId="2" r:id="rId2"/>
+    <sheet name="INGRESOS" sheetId="1" r:id="rId1"/>
+    <sheet name="GASTOS" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">DESPESES!$A$1:$G$82</definedName>
-[...1 lines deleted...]
-    <definedName name="Curs">INGRESSOS!$D$104:$D$112</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">GASTOS!$A$1:$G$87</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">INGRESOS!$A$1:$F$64</definedName>
+    <definedName name="Curs">INGRESOS!$D$104:$D$112</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="G22" i="2" l="1"/>
+  <c r="F37" i="1" l="1"/>
+  <c r="G22" i="2"/>
   <c r="G14" i="2"/>
   <c r="G9" i="2"/>
   <c r="F38" i="1"/>
   <c r="F39" i="1"/>
   <c r="F40" i="1"/>
   <c r="F41" i="1"/>
-  <c r="F37" i="1"/>
   <c r="G20" i="2"/>
   <c r="G18" i="2"/>
   <c r="G16" i="2"/>
   <c r="F43" i="1" l="1"/>
   <c r="F56" i="1" s="1"/>
   <c r="G30" i="2"/>
-  <c r="G52" i="2"/>
+  <c r="G56" i="2" s="1"/>
   <c r="F55" i="1" l="1"/>
   <c r="F57" i="1" s="1"/>
   <c r="F51" i="1"/>
-  <c r="B62" i="1" s="1"/>
+  <c r="B62" i="1" l="1"/>
   <c r="C5" i="2" s="1"/>
-  <c r="B65" i="2" s="1"/>
+  <c r="B70" i="2" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Bruno Sanchez Llordes</author>
     <author>Renovi 2007</author>
     <author>UAB</author>
     <author>0000910</author>
     <author>Renovi</author>
   </authors>
   <commentList>
     <comment ref="F7" authorId="0" shapeId="0" xr:uid="{B7FF8620-446C-44F1-A716-478449C98100}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">Si el estudio tiene aprobada una gestión descentralizada, o se presenta por parte de una Escuela Adscrita o vinculada, indicad en este apartado la institución u organización que lo gestionará.
 </t>
         </r>
@@ -178,64 +178,50 @@
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve"> (personas tituladas a la UAB) tendrán un descuento del 5% en los precios de la matrícula de estudios de Máster y Diplomas de Especialización. Quedarán excluidos los programas a medida encargados y financiados por cualquier entidad externa y los programas con una oferta máxima de 5 plazas de nuevo acceso (Acuerdo Comisión Económica del Consejo Social de la UAB de 8.07.2022).
 Se recomienda que se contabilice en el presupuesto inicial con este precio un mínimo del 30% del alumnado que se prevea en el estudio.</t>
         </r>
       </text>
     </comment>
     <comment ref="B37" authorId="4" shapeId="0" xr:uid="{00000000-0006-0000-0000-000004000000}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Hay que seleccionar una opción del desplegable.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E55" authorId="2" shapeId="0" xr:uid="{00000000-0006-0000-0000-000005000000}">
-[...12 lines deleted...]
-    </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/comments2.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>UAB</author>
     <author>Renovi</author>
   </authors>
   <commentList>
     <comment ref="F13" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000001000000}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>En caso de que las retribuciones no sean homogéneas, hay que adjuntar en una hoja aparte los criterios de retribución.</t>
         </r>
       </text>
     </comment>
     <comment ref="F17" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000002000000}">
@@ -274,113 +260,74 @@
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Hay que seleccionar, si es el caso, una opción del desplegable.</t>
         </r>
       </text>
     </comment>
     <comment ref="C40" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0100-000005000000}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Hay que seleccionar, si es el caso, una opción del desplegable.</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="102">
-[...29 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="117" uniqueCount="107">
   <si>
     <t>Presupuesto inicial</t>
   </si>
   <si>
     <t>Presupuesto matrícula cerrada</t>
   </si>
   <si>
     <t xml:space="preserve">PROPUESTA DE PRESUPUESTO                                                                          </t>
   </si>
   <si>
     <t>DATOS DEL PROGRAMA</t>
   </si>
   <si>
     <t>Nombre del programa</t>
   </si>
   <si>
-    <t>Curso académico:</t>
-[...4 lines deleted...]
-  <si>
     <t>Centro de coste</t>
   </si>
   <si>
     <t xml:space="preserve"> Nombre y apellidos de la dirección (responsable económico del programa)</t>
   </si>
   <si>
     <t xml:space="preserve">Tipos de estudios que se ofrecen </t>
-  </si>
-[...1 lines deleted...]
-    <t>Máster de Formación Pernanete</t>
   </si>
   <si>
     <t>Diploma de Especialización</t>
   </si>
   <si>
     <t>Curso / Módulos</t>
   </si>
   <si>
     <r>
       <t>* Si contienen otros estudios</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>,</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color indexed="63"/>
@@ -453,290 +400,344 @@
   <si>
     <t>Total de ingresos</t>
   </si>
   <si>
     <t>CANON</t>
   </si>
   <si>
     <t xml:space="preserve">Canon de la UAB (%) </t>
   </si>
   <si>
     <t>Canon de otras universidades (%)</t>
   </si>
   <si>
     <t>Total canon</t>
   </si>
   <si>
     <t>TOTAL LÍQUIDO DISPONIBLE PARA GASTOS</t>
   </si>
   <si>
     <t>Hoja 1/2</t>
   </si>
   <si>
     <t>Instalaciones</t>
   </si>
   <si>
-    <r>
-[...28 lines deleted...]
-  <si>
     <t>Líquido disponible</t>
   </si>
   <si>
     <t>GASTOS</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Dirección/codirección* </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>(como máximo dos personas)</t>
     </r>
   </si>
   <si>
     <t>DIRECTOR/A: nombre y apellidos</t>
   </si>
   <si>
     <t>CODIRECTOR/A: nombre y apellidos</t>
   </si>
   <si>
-    <t>Professorado*</t>
-[...1 lines deleted...]
-  <si>
     <t>Docencia teórica presencial</t>
   </si>
   <si>
     <t>Núm. de horas</t>
   </si>
   <si>
     <t>Retribución/hora</t>
   </si>
   <si>
     <t>Docencia práctica presencial</t>
   </si>
   <si>
     <t>Docencia en línea</t>
   </si>
   <si>
     <t>Tutorías para el trabajo de investigación</t>
   </si>
   <si>
     <t>Núm. de estudiantes</t>
   </si>
   <si>
     <t>Retribución/estudiante</t>
   </si>
   <si>
     <t>Tribunales</t>
   </si>
   <si>
     <t>Núm. de miembros</t>
   </si>
   <si>
     <t>Retribución/miembro del tribunal</t>
   </si>
   <si>
     <t>Conferenciantes</t>
   </si>
   <si>
     <t>Otras tareas docentes (adjuntar motivación y explicación)</t>
   </si>
   <si>
     <t>Subtotal profesorado</t>
   </si>
   <si>
     <t>Viajes/dietas</t>
   </si>
   <si>
     <t>Apoyo administrativo a la formación*(1)</t>
   </si>
   <si>
-    <t xml:space="preserve"> Nombre y apellidos del perceptor:                                                    </t>
-[...1 lines deleted...]
-  <si>
     <t>Horas:</t>
   </si>
   <si>
     <t>Precio/hora:</t>
   </si>
   <si>
     <t xml:space="preserve">Difusión/promoción </t>
   </si>
   <si>
     <t>Instalaciones (2)</t>
   </si>
   <si>
     <t>Plataforma de docencia en línea</t>
   </si>
   <si>
     <t>Funcionamiento (material didáctico, de laboratorio, fotocopias, consumos, etc.)</t>
   </si>
   <si>
     <t>Ayudas a la matrícula</t>
   </si>
   <si>
     <t>Comisiones bancarias</t>
   </si>
   <si>
     <t xml:space="preserve">Adquisiciones inventariables </t>
   </si>
   <si>
     <t>Otros (especificados) (como máximo un 5% del presupuesto)</t>
   </si>
   <si>
     <t>Total gastos</t>
-  </si>
-[...4 lines deleted...]
-    <t>(1) Apoyo administrativo a la formación interno: hay que presentar el documento de aceptación del encargo firmado por el jefe orgánico.</t>
   </si>
   <si>
     <t>(2) Instalaciones: para el alquiler de espacios de la UAB hay que presentar presupuesto del coste del alquiler.</t>
   </si>
   <si>
     <r>
       <t>Observaciones</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color indexed="23"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> (hay que anotar cualquier observación o comentario que se considere necesario tener en cuenta y que no se ha podido especificar.)</t>
     </r>
   </si>
   <si>
     <r>
       <t>INGRESOS MENOS GASTOS</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color indexed="17"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color indexed="17"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>(nunca puede ser negativo)</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Hoja 2/2 </t>
   </si>
   <si>
-    <t>Alquiler aulas no &lt;U[UAB]&gt;</t>
-[...4 lines deleted...]
-  <si>
     <t>Casa Convalecencia</t>
   </si>
   <si>
-    <t>Personal &lt;U[UAB]&gt;</t>
-[...4 lines deleted...]
-  <si>
     <t>Campus Virtual</t>
   </si>
   <si>
     <t>Empresa externa</t>
   </si>
   <si>
     <t xml:space="preserve">Gestión descentralizada: </t>
   </si>
   <si>
     <t>Diploma de Experto</t>
   </si>
   <si>
     <t>Curso de Especialización</t>
   </si>
   <si>
     <t>Assignatura (curso módulo)</t>
   </si>
   <si>
     <t>Trabajo de Fin de Estudio</t>
   </si>
   <si>
     <t>Otros estudios</t>
   </si>
   <si>
     <t>Máster de Formación Permanente</t>
   </si>
   <si>
     <t>Máster de Formación Permanente 1 curso</t>
   </si>
   <si>
     <t>Máster de Formación Permanente 2 curso</t>
+  </si>
+  <si>
+    <t>Microcredencial</t>
+  </si>
+  <si>
+    <t>Traducciones</t>
+  </si>
+  <si>
+    <t>Coste Seguridad Social de las prácticas no remunerables en empresa</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Nombre y apellidos de la persona receptora                                                  </t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">                                ESCUELA DE </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="16"/>
+        <color indexed="63"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>FORMACIÓN PERMANENTE</t>
+    </r>
+  </si>
+  <si>
+    <t>Máster de Formación Pernanente</t>
+  </si>
+  <si>
+    <t>Profesorado*</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Las retribuciones del personal son en bruto. Para el personal de la UAB (PDI y PTGAS) hay que tener en cuenta que se debe añadir el % correspondiente </t>
+  </si>
+  <si>
+    <t>de cuota patronal, si corresponde.</t>
+  </si>
+  <si>
+    <t>(1) Para el PTGAS (tanto para tareas administrativas como docentes) se debe presentar el document de aceptación firmado por el jefe orgánico.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">* Para imprimir el presupuesto no es necesario que se modifique la configuración de la hoja. </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color indexed="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Los comentarios no aparecen en la impresión.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">* Para imprimir el presupuesto no es necesario que se modifique la configuración de la hoja. </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color indexed="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Los comentarios no aparecerán en la impresión.</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Curso académico: </t>
+  </si>
+  <si>
+    <t>Órgano responsable: Departamento o Escuela, Facultad, Instituto, Centro Adscrito u otros Centros de Investigación</t>
+  </si>
+  <si>
+    <t>Diplomas</t>
+  </si>
+  <si>
+    <t>Alquiler aulas no UAB</t>
+  </si>
+  <si>
+    <t>Alquiler espacios especializados UAB</t>
+  </si>
+  <si>
+    <t>Personal UAB</t>
+  </si>
+  <si>
+    <t>Personal no UAB</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">                           ESCUELA DE </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="16"/>
+        <color indexed="63"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>FORMACIÓN PERMANENTE</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$€-1]_-;\-* #,##0.00\ [$€-1]_-;_-* &quot;-&quot;??\ [$€-1]_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="#,##0.00\ &quot;€&quot;"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
     <numFmt numFmtId="167" formatCode="#,##0\ &quot;€&quot;"/>
     <numFmt numFmtId="168" formatCode="#,##0.00\ [$€-1];[Red]\-#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="41" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="20"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
@@ -955,67 +956,67 @@
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1" tint="0.249977111117893"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color theme="1" tint="0.249977111117893"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color rgb="FF00B050"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="9.5"/>
-[...5 lines deleted...]
-      <b/>
       <sz val="7"/>
       <color theme="1" tint="0.249977111117893"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <color theme="1" tint="0.249977111117893"/>
+      <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="65"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="22"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
@@ -2109,51 +2110,51 @@
       </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="hair">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="244">
+  <cellXfs count="243">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="166" fontId="0" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="9" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1"/>
     <xf numFmtId="166" fontId="0" fillId="4" borderId="4" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
@@ -2290,60 +2291,50 @@
     </xf>
     <xf numFmtId="166" fontId="26" fillId="6" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="28" fillId="3" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="26" fillId="7" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="26" fillId="7" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="7" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="26" fillId="7" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="7" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="165" fontId="26" fillId="7" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="26" fillId="7" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="26" fillId="7" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="27" fillId="7" borderId="44" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="27" fillId="7" borderId="45" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="0" fillId="7" borderId="9" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="0" fillId="7" borderId="46" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="167" fontId="0" fillId="7" borderId="46" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="46" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="47" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="167" fontId="0" fillId="7" borderId="3" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="166" fontId="0" fillId="7" borderId="4" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="48" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="49" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -2385,85 +2376,92 @@
     <xf numFmtId="0" fontId="0" fillId="7" borderId="54" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="justify"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="justify"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="7" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="20" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="58" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="38" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="39" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="7" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="justify"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="7" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="40" fillId="7" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="7" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="26" fillId="7" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="166" fontId="14" fillId="6" borderId="59" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="166" fontId="14" fillId="6" borderId="60" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="166" fontId="14" fillId="6" borderId="61" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -2490,57 +2488,57 @@
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="70" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="71" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="72" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="26" fillId="7" borderId="74" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="26" fillId="7" borderId="69" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="26" fillId="7" borderId="75" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="32" fillId="7" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="40" fillId="7" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="40" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="7" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="40" fillId="7" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="26" fillId="7" borderId="76" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="26" fillId="7" borderId="63" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="26" fillId="7" borderId="77" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="26" fillId="7" borderId="78" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="26" fillId="7" borderId="79" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="26" fillId="7" borderId="80" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="7" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="7" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="7" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="71" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
@@ -2550,84 +2548,84 @@
     </xf>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="7" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="7" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="7" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="82" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="7" borderId="83" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="36" fillId="7" borderId="83" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="7" borderId="79" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="36" fillId="7" borderId="79" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="7" borderId="80" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="36" fillId="7" borderId="80" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="26" fillId="7" borderId="67" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="26" fillId="7" borderId="68" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="26" fillId="7" borderId="64" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="36" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="7" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="40" fillId="7" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="7" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="40" fillId="7" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="7" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="26" fillId="7" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="26" fillId="7" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="168" fontId="14" fillId="6" borderId="59" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="168" fontId="14" fillId="6" borderId="60" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="168" fontId="14" fillId="6" borderId="61" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="54" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="87" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="41" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -2879,51 +2877,51 @@
                   <a:lumMod val="75000"/>
                   <a:lumOff val="25000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>-- Hay que rellenar las casillas con fondo verde.</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr algn="l" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="es-ES" sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="75000"/>
                   <a:lumOff val="25000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
-            <a:t>-- Las casillas con fondo gris no se tienen que rellenar, porque lo hará la Escuela de Postgrado o porque son de cálculo automático.</a:t>
+            <a:t>-- Las casillas con fondo gris no se tienen que rellenar, porque lo hará la Escuela de Formación Permanente o porque son de cálculo automático.</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr algn="l" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="es-ES" sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="75000"/>
                   <a:lumOff val="25000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>-- Las casillas con ángulo rojo incluyen un comentario explicativo de ayuda.</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr algn="l" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
@@ -2967,51 +2965,51 @@
           </a:r>
           <a:r>
             <a:rPr lang="es-ES" sz="900" b="0" i="1" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="75000"/>
                   <a:lumOff val="25000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Gastos</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="es-ES" sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="75000"/>
                   <a:lumOff val="25000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
-            <a:t>).</a:t>
+            <a:t>.</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr algn="l" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="es-ES" sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="75000"/>
                   <a:lumOff val="25000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>-- El documento requiere la firma electrònica en la parte inferior de la pàgina 2 (gastos) tanto de la dirección del estudio como de la persona responsalbe de la estructura que avala el estudio. Para ello hay que imprimir el documento en PDF y seleccionar la opción "imprimir todo el libro"</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr algn="ctr" rtl="0">
             <a:lnSpc>
               <a:spcPts val="900"/>
             </a:lnSpc>
@@ -3024,51 +3022,51 @@
                 <a:lumOff val="25000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:latin typeface="Arial"/>
             <a:cs typeface="Arial"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr algn="ctr" rtl="0">
             <a:lnSpc>
               <a:spcPts val="900"/>
             </a:lnSpc>
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="es-ES" sz="900" b="1" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="75000"/>
                   <a:lumOff val="25000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
-            <a:t>Hay que remitir el documento firmado electrònicamente a la dirección de correo (ep.propostes.formacio@uab.cat). </a:t>
+            <a:t>Hay que remitir el documento firmado electrònicamente a la dirección de correo (efp.programacio.academica@uab.cat)</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr algn="ctr" rtl="0">
             <a:lnSpc>
               <a:spcPts val="900"/>
             </a:lnSpc>
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:endParaRPr lang="es-ES" sz="900" b="1" i="0" u="none" strike="noStrike" baseline="0">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="75000"/>
                 <a:lumOff val="25000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:latin typeface="Arial"/>
             <a:cs typeface="Arial"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
@@ -3554,53 +3552,53 @@
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>82061</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>93785</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1160584</xdr:colOff>
+      <xdr:colOff>1173919</xdr:colOff>
       <xdr:row>2</xdr:row>
-      <xdr:rowOff>210625</xdr:rowOff>
+      <xdr:rowOff>222055</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Imatge 1">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
@@ -3610,57 +3608,57 @@
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="82061" y="93785"/>
           <a:ext cx="1160585" cy="1031240"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>75</xdr:row>
+      <xdr:row>80</xdr:row>
       <xdr:rowOff>1</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>7</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>79</xdr:row>
+      <xdr:row>84</xdr:row>
       <xdr:rowOff>57150</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2050" name="Text Box 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002080000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="152400" y="12992101"/>
           <a:ext cx="7362825" cy="704849"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
@@ -3710,103 +3708,88 @@
           </a:pPr>
           <a:r>
             <a:rPr lang="es-ES" sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="75000"/>
                   <a:lumOff val="25000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Hay que hacer llegar el presupuesto con las firmas electrónicas correspondientes a la </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="es-ES" sz="1000" b="0" i="1" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="75000"/>
                   <a:lumOff val="25000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
-            <a:t>Unidad de Gestión de la Programación y de la Calidad Académicas, en la dirección de correo electrónico </a:t>
+            <a:t>Unidad Técnica de Programación Académica, en la dirección de correo electrónico </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="es-ES" sz="1000" b="1" i="1" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="75000"/>
                   <a:lumOff val="25000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
-            <a:t>(ep.propostes.formacio@uab.cat)</a:t>
+            <a:t>(efp.programacio.academica@uab.cat)</a:t>
           </a:r>
-          <a:endParaRPr lang="es-ES" sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
-[...13 lines deleted...]
-          </a:pPr>
           <a:endParaRPr lang="es-ES" sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:latin typeface="Arial"/>
             <a:cs typeface="Arial"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>142875</xdr:colOff>
-      <xdr:row>66</xdr:row>
+      <xdr:row>71</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>1217310</xdr:colOff>
-      <xdr:row>74</xdr:row>
+      <xdr:row>79</xdr:row>
       <xdr:rowOff>133350</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2051" name="Rectangle 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000003080000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="142875" y="11591925"/>
           <a:ext cx="7370460" cy="1314450"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="D9F3D9"/>
@@ -3863,51 +3846,51 @@
             <a:rPr lang="es-ES" sz="800" b="1" i="0" u="none" baseline="0">
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>esponsable del proyecto económico                    </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="es-ES" sz="800" b="1" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Firma del decano/a o director/a</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="es-ES" sz="800" b="1" i="0" u="none" baseline="0">
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>                                                               Firma de la persona responsable de la Unidad de Economía de la EP   </a:t>
+            <a:t>                                                               Firma de la persona responsable de la Unidad de Economía de la EFP   </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="es-ES" sz="800" b="1" i="0" baseline="0">
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>                                                  </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="es-ES" sz="800" b="1" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>                                                      </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="es-ES" sz="900" b="1" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
@@ -4108,184 +4091,184 @@
           <a:pPr algn="l" rtl="0">
             <a:lnSpc>
               <a:spcPts val="600"/>
             </a:lnSpc>
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="es-ES" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>                                                                                                                                                                                                                                                                                        </a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>523875</xdr:colOff>
-      <xdr:row>66</xdr:row>
+      <xdr:row>71</xdr:row>
       <xdr:rowOff>57150</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>523875</xdr:colOff>
-      <xdr:row>74</xdr:row>
+      <xdr:row>79</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="3730" name="Line 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-0000920E0000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeShapeType="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm flipH="1">
           <a:off x="2914650" y="11934825"/>
           <a:ext cx="0" cy="1266825"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>428625</xdr:colOff>
-      <xdr:row>66</xdr:row>
+      <xdr:row>71</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>438150</xdr:colOff>
-      <xdr:row>74</xdr:row>
+      <xdr:row>79</xdr:row>
       <xdr:rowOff>123825</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="3731" name="Line 5">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-0000930E0000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeShapeType="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm flipH="1">
           <a:off x="5724525" y="11915775"/>
           <a:ext cx="9525" cy="1314450"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>0</xdr:colOff>
+      <xdr:colOff>1</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1031631</xdr:colOff>
+      <xdr:colOff>879192</xdr:colOff>
       <xdr:row>3</xdr:row>
-      <xdr:rowOff>13474</xdr:rowOff>
+      <xdr:rowOff>3957</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Imatge 2">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000003000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="0" y="169985"/>
-          <a:ext cx="1184031" cy="810643"/>
+          <a:off x="1" y="158262"/>
+          <a:ext cx="1035401" cy="797169"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de l'Office">
   <a:themeElements>
     <a:clrScheme name="Oficina">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -4616,766 +4599,778 @@
           <a:tailEnd type="none" w="med" len="med"/>
         </a:ln>
         <a:effectLst/>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Full1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B2:O113"/>
+  <dimension ref="B2:O115"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
-      <selection activeCell="C3" sqref="C3"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
+      <selection activeCell="M6" sqref="M6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.28515625" customWidth="1"/>
     <col min="2" max="2" width="20.28515625" customWidth="1"/>
     <col min="3" max="3" width="23.28515625" customWidth="1"/>
     <col min="4" max="4" width="17.5703125" customWidth="1"/>
-    <col min="5" max="5" width="18.28515625" customWidth="1"/>
+    <col min="5" max="5" width="27.85546875" customWidth="1"/>
     <col min="6" max="6" width="20.7109375" customWidth="1"/>
     <col min="7" max="7" width="4.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:15" ht="59.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B2" s="209" t="s">
-[...11 lines deleted...]
-      <c r="K2" s="171"/>
+      <c r="B2" s="208" t="s">
+        <v>106</v>
+      </c>
+      <c r="C2" s="208"/>
+      <c r="D2" s="208"/>
+      <c r="E2" s="208"/>
+      <c r="F2" s="208"/>
+      <c r="H2" s="170" t="s">
+        <v>98</v>
+      </c>
+      <c r="I2" s="170"/>
+      <c r="J2" s="170"/>
+      <c r="K2" s="170"/>
     </row>
     <row r="3" spans="2:15" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="33"/>
       <c r="C3" s="32"/>
-      <c r="D3" s="136"/>
-[...1 lines deleted...]
-        <v>2</v>
+      <c r="D3" s="132"/>
+      <c r="E3" s="133" t="s">
+        <v>0</v>
       </c>
       <c r="F3" s="32"/>
       <c r="H3" s="31"/>
       <c r="I3" s="31"/>
       <c r="J3" s="31"/>
     </row>
     <row r="4" spans="2:15" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="33"/>
       <c r="C4" s="32"/>
-      <c r="D4" s="136"/>
-[...1 lines deleted...]
-        <v>3</v>
+      <c r="D4" s="132"/>
+      <c r="E4" s="133" t="s">
+        <v>1</v>
       </c>
       <c r="F4" s="32"/>
       <c r="H4" s="31"/>
       <c r="I4" s="31"/>
       <c r="J4" s="31"/>
     </row>
     <row r="5" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="52" t="s">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="C5" s="32"/>
-      <c r="D5" s="139"/>
-      <c r="E5" s="140"/>
+      <c r="D5" s="135"/>
+      <c r="E5" s="136"/>
       <c r="F5" s="32"/>
       <c r="H5" s="31"/>
       <c r="I5" s="31"/>
       <c r="J5" s="31"/>
     </row>
     <row r="6" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="52"/>
       <c r="C6" s="32"/>
-      <c r="D6" s="139"/>
-      <c r="E6" s="140"/>
+      <c r="D6" s="135"/>
+      <c r="E6" s="136"/>
       <c r="F6" s="32"/>
       <c r="H6" s="31"/>
       <c r="I6" s="31"/>
       <c r="J6" s="31"/>
     </row>
     <row r="7" spans="2:15" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="52"/>
       <c r="C7" s="32"/>
-      <c r="D7" s="199" t="s">
-[...3 lines deleted...]
-      <c r="F7" s="157"/>
+      <c r="D7" s="198" t="s">
+        <v>78</v>
+      </c>
+      <c r="E7" s="199"/>
+      <c r="F7" s="151"/>
       <c r="H7" s="31"/>
       <c r="I7" s="31"/>
       <c r="J7" s="31"/>
     </row>
     <row r="8" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="52"/>
       <c r="C8" s="32"/>
-      <c r="D8" s="139"/>
-      <c r="E8" s="140"/>
+      <c r="D8" s="135"/>
+      <c r="E8" s="136"/>
       <c r="F8" s="32"/>
       <c r="H8" s="31"/>
       <c r="I8" s="31"/>
       <c r="J8" s="31"/>
     </row>
     <row r="9" spans="2:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B9" s="178" t="s">
-[...5 lines deleted...]
-      <c r="F9" s="178"/>
+      <c r="B9" s="177" t="s">
+        <v>3</v>
+      </c>
+      <c r="C9" s="177"/>
+      <c r="D9" s="177"/>
+      <c r="E9" s="177"/>
+      <c r="F9" s="177"/>
       <c r="O9" s="52"/>
     </row>
     <row r="10" spans="2:15" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B10" s="28"/>
       <c r="C10" s="28"/>
       <c r="D10" s="28"/>
       <c r="E10" s="28"/>
       <c r="F10" s="28"/>
     </row>
     <row r="11" spans="2:15" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B11" s="196" t="s">
+      <c r="B11" s="195" t="s">
+        <v>4</v>
+      </c>
+      <c r="C11" s="196"/>
+      <c r="D11" s="196"/>
+      <c r="E11" s="196"/>
+      <c r="F11" s="197"/>
+    </row>
+    <row r="12" spans="2:15" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B12" s="200"/>
+      <c r="C12" s="201"/>
+      <c r="D12" s="201"/>
+      <c r="E12" s="201"/>
+      <c r="F12" s="202"/>
+    </row>
+    <row r="13" spans="2:15" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B13" s="183" t="s">
+        <v>99</v>
+      </c>
+      <c r="C13" s="184"/>
+      <c r="D13" s="184"/>
+      <c r="E13" s="184"/>
+      <c r="F13" s="185"/>
+    </row>
+    <row r="14" spans="2:15" x14ac:dyDescent="0.2">
+      <c r="B14" s="205" t="s">
+        <v>100</v>
+      </c>
+      <c r="C14" s="206"/>
+      <c r="D14" s="206"/>
+      <c r="E14" s="207"/>
+      <c r="F14" s="154" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="15" spans="2:15" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B15" s="192"/>
+      <c r="C15" s="193"/>
+      <c r="D15" s="193"/>
+      <c r="E15" s="194"/>
+      <c r="F15" s="122"/>
+    </row>
+    <row r="16" spans="2:15" x14ac:dyDescent="0.2">
+      <c r="B16" s="217" t="s">
         <v>6</v>
       </c>
-      <c r="C11" s="197"/>
-[...12 lines deleted...]
-      <c r="B13" s="184" t="s">
+      <c r="C16" s="218"/>
+      <c r="D16" s="218"/>
+      <c r="E16" s="218"/>
+      <c r="F16" s="121"/>
+    </row>
+    <row r="17" spans="2:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="219"/>
+      <c r="C17" s="220"/>
+      <c r="D17" s="220"/>
+      <c r="E17" s="220"/>
+      <c r="F17" s="221"/>
+    </row>
+    <row r="18" spans="2:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B18" s="203" t="s">
         <v>7</v>
       </c>
-      <c r="C13" s="185"/>
-[...11 lines deleted...]
-      <c r="F14" s="141" t="s">
+      <c r="C18" s="150" t="s">
+        <v>92</v>
+      </c>
+      <c r="D18" s="150" t="s">
+        <v>101</v>
+      </c>
+      <c r="E18" s="150" t="s">
         <v>9</v>
       </c>
-    </row>
-[...36 lines deleted...]
-      <c r="F18" s="123"/>
+      <c r="F18" s="119"/>
     </row>
     <row r="19" spans="2:6" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B19" s="205"/>
-[...3 lines deleted...]
-      <c r="F19" s="127"/>
+      <c r="B19" s="204"/>
+      <c r="C19" s="120"/>
+      <c r="D19" s="120"/>
+      <c r="E19" s="120"/>
+      <c r="F19" s="123"/>
     </row>
     <row r="20" spans="2:6" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="53"/>
-      <c r="C20" s="215" t="s">
-[...6 lines deleted...]
-    <row r="21" spans="2:6" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C20" s="214" t="s">
+        <v>10</v>
+      </c>
+      <c r="D20" s="215"/>
+      <c r="E20" s="215"/>
+      <c r="F20" s="216"/>
+    </row>
+    <row r="21" spans="2:6" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="155" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C21" s="90"/>
       <c r="D21" s="90"/>
       <c r="E21" s="90"/>
       <c r="F21" s="91"/>
     </row>
     <row r="22" spans="2:6" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="54"/>
       <c r="C22" s="55"/>
       <c r="D22" s="56"/>
       <c r="E22" s="56"/>
       <c r="F22" s="57"/>
     </row>
     <row r="23" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B23" s="58" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="F23" s="192"/>
+        <v>12</v>
+      </c>
+      <c r="C23" s="189"/>
+      <c r="D23" s="190"/>
+      <c r="E23" s="190"/>
+      <c r="F23" s="191"/>
     </row>
     <row r="24" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B24" s="59"/>
-      <c r="C24" s="187" t="s">
-[...4 lines deleted...]
-      <c r="F24" s="189"/>
+      <c r="C24" s="186" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" s="187"/>
+      <c r="E24" s="187"/>
+      <c r="F24" s="188"/>
     </row>
     <row r="25" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B25" s="59" t="s">
-        <v>19</v>
-[...4 lines deleted...]
-      <c r="F25" s="192"/>
+        <v>14</v>
+      </c>
+      <c r="C25" s="189"/>
+      <c r="D25" s="190"/>
+      <c r="E25" s="190"/>
+      <c r="F25" s="191"/>
     </row>
     <row r="26" spans="2:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="60"/>
-      <c r="C26" s="187" t="s">
-[...4 lines deleted...]
-      <c r="F26" s="189"/>
+      <c r="C26" s="186" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" s="187"/>
+      <c r="E26" s="187"/>
+      <c r="F26" s="188"/>
     </row>
     <row r="27" spans="2:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="61" t="s">
-        <v>20</v>
-[...4 lines deleted...]
-      <c r="F27" s="192"/>
+        <v>15</v>
+      </c>
+      <c r="C27" s="189"/>
+      <c r="D27" s="190"/>
+      <c r="E27" s="190"/>
+      <c r="F27" s="191"/>
     </row>
     <row r="28" spans="2:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="59"/>
-      <c r="C28" s="212" t="s">
-[...4 lines deleted...]
-      <c r="F28" s="214"/>
+      <c r="C28" s="211" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" s="212"/>
+      <c r="E28" s="212"/>
+      <c r="F28" s="213"/>
     </row>
     <row r="29" spans="2:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B29" s="128" t="s">
-[...5 lines deleted...]
-      <c r="F29" s="114"/>
+      <c r="B29" s="124" t="s">
+        <v>16</v>
+      </c>
+      <c r="C29" s="125"/>
+      <c r="D29" s="125"/>
+      <c r="E29" s="125"/>
+      <c r="F29" s="110"/>
     </row>
     <row r="30" spans="2:6" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B30" s="62" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      <c r="F30" s="183"/>
+        <v>17</v>
+      </c>
+      <c r="C30" s="180" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" s="181"/>
+      <c r="E30" s="181"/>
+      <c r="F30" s="182"/>
     </row>
     <row r="31" spans="2:6" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="70"/>
-      <c r="C31" s="115"/>
-[...2 lines deleted...]
-      <c r="F31" s="115"/>
+      <c r="C31" s="111"/>
+      <c r="D31" s="111"/>
+      <c r="E31" s="111"/>
+      <c r="F31" s="111"/>
     </row>
     <row r="32" spans="2:6" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B32" s="178" t="s">
-[...5 lines deleted...]
-      <c r="F32" s="178"/>
+      <c r="B32" s="177" t="s">
+        <v>19</v>
+      </c>
+      <c r="C32" s="177"/>
+      <c r="D32" s="177"/>
+      <c r="E32" s="177"/>
+      <c r="F32" s="177"/>
     </row>
     <row r="33" spans="2:7" ht="24.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="34" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B34" s="164" t="s">
-[...2 lines deleted...]
-      <c r="C34" s="165"/>
+      <c r="B34" s="163" t="s">
+        <v>20</v>
+      </c>
+      <c r="C34" s="164"/>
       <c r="D34" s="63"/>
       <c r="E34" s="63"/>
       <c r="F34" s="64"/>
     </row>
     <row r="35" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B35" s="166"/>
-      <c r="C35" s="167"/>
+      <c r="B35" s="165"/>
+      <c r="C35" s="166"/>
       <c r="D35" s="65"/>
       <c r="E35" s="65"/>
       <c r="F35" s="66"/>
     </row>
     <row r="36" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B36" s="146" t="s">
-[...12 lines deleted...]
-        <v>30</v>
+      <c r="B36" s="141" t="s">
+        <v>21</v>
+      </c>
+      <c r="C36" s="142" t="s">
+        <v>22</v>
+      </c>
+      <c r="D36" s="142" t="s">
+        <v>23</v>
+      </c>
+      <c r="E36" s="142" t="s">
+        <v>24</v>
+      </c>
+      <c r="F36" s="143" t="s">
+        <v>25</v>
       </c>
       <c r="G36" s="6"/>
     </row>
     <row r="37" spans="2:7" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B37" s="158"/>
+      <c r="B37" s="152"/>
       <c r="C37" s="92"/>
       <c r="D37" s="92"/>
       <c r="E37" s="93"/>
       <c r="F37" s="67">
         <f>D37*E37*C37</f>
         <v>0</v>
       </c>
       <c r="G37" s="6"/>
     </row>
     <row r="38" spans="2:7" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B38" s="158"/>
+      <c r="B38" s="152"/>
       <c r="C38" s="92"/>
-      <c r="D38" s="94"/>
-      <c r="E38" s="95"/>
+      <c r="D38" s="92"/>
+      <c r="E38" s="93"/>
       <c r="F38" s="67">
         <f>D38*E38*C38</f>
         <v>0</v>
       </c>
       <c r="G38" s="6"/>
     </row>
     <row r="39" spans="2:7" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B39" s="158"/>
+      <c r="B39" s="152"/>
       <c r="C39" s="92"/>
-      <c r="D39" s="94"/>
-      <c r="E39" s="95"/>
+      <c r="D39" s="92"/>
+      <c r="E39" s="93"/>
       <c r="F39" s="67">
         <f>D39*E39*C39</f>
         <v>0</v>
       </c>
       <c r="G39" s="6"/>
     </row>
     <row r="40" spans="2:7" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B40" s="158"/>
+      <c r="B40" s="152"/>
       <c r="C40" s="92"/>
-      <c r="D40" s="96"/>
-      <c r="E40" s="97"/>
+      <c r="D40" s="156"/>
+      <c r="E40" s="157"/>
       <c r="F40" s="67">
         <f>D40*E40*C40</f>
         <v>0</v>
       </c>
       <c r="G40" s="6"/>
     </row>
     <row r="41" spans="2:7" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B41" s="158"/>
+      <c r="B41" s="152"/>
       <c r="C41" s="92"/>
-      <c r="D41" s="96"/>
-      <c r="E41" s="97"/>
+      <c r="D41" s="156"/>
+      <c r="E41" s="157"/>
       <c r="F41" s="67">
         <f>D41*E41*C41</f>
         <v>0</v>
       </c>
       <c r="G41" s="6"/>
     </row>
     <row r="42" spans="2:7" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="68"/>
       <c r="C42" s="69"/>
       <c r="D42" s="70"/>
       <c r="E42" s="70"/>
       <c r="F42" s="71"/>
       <c r="G42" s="6"/>
     </row>
     <row r="43" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B43" s="72"/>
       <c r="C43" s="73"/>
-      <c r="D43" s="179" t="s">
-[...2 lines deleted...]
-      <c r="E43" s="180"/>
+      <c r="D43" s="178" t="s">
+        <v>26</v>
+      </c>
+      <c r="E43" s="179"/>
       <c r="F43" s="74">
         <f>SUM(F37:F41)</f>
         <v>0</v>
       </c>
       <c r="G43" s="6"/>
     </row>
     <row r="44" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B44" s="68"/>
       <c r="C44" s="70"/>
       <c r="D44" s="75"/>
       <c r="E44" s="76"/>
       <c r="F44" s="71"/>
       <c r="G44" s="6"/>
     </row>
     <row r="45" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B45" s="210" t="s">
-[...2 lines deleted...]
-      <c r="C45" s="211"/>
+      <c r="B45" s="209" t="s">
+        <v>27</v>
+      </c>
+      <c r="C45" s="210"/>
       <c r="D45" s="77" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-      <c r="F45" s="99">
+        <v>28</v>
+      </c>
+      <c r="E45" s="94"/>
+      <c r="F45" s="95">
         <v>0</v>
       </c>
       <c r="G45" s="6"/>
     </row>
     <row r="46" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B46" s="68"/>
       <c r="C46" s="75"/>
       <c r="D46" s="75"/>
       <c r="E46" s="75"/>
       <c r="F46" s="78"/>
       <c r="G46" s="6"/>
     </row>
     <row r="47" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B47" s="210" t="s">
-[...2 lines deleted...]
-      <c r="C47" s="211"/>
+      <c r="B47" s="209" t="s">
+        <v>29</v>
+      </c>
+      <c r="C47" s="210"/>
       <c r="D47" s="77" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-      <c r="F47" s="99"/>
+        <v>28</v>
+      </c>
+      <c r="E47" s="94"/>
+      <c r="F47" s="95"/>
       <c r="G47" s="6"/>
     </row>
     <row r="48" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B48" s="68"/>
       <c r="C48" s="75"/>
-      <c r="D48" s="168"/>
-      <c r="E48" s="168"/>
+      <c r="D48" s="167"/>
+      <c r="E48" s="167"/>
       <c r="F48" s="79"/>
       <c r="G48" s="6"/>
     </row>
     <row r="49" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B49" s="72"/>
       <c r="C49" s="73"/>
-      <c r="D49" s="179" t="s">
-[...2 lines deleted...]
-      <c r="E49" s="180"/>
+      <c r="D49" s="178" t="s">
+        <v>30</v>
+      </c>
+      <c r="E49" s="179"/>
       <c r="F49" s="74"/>
       <c r="G49" s="6"/>
     </row>
     <row r="50" spans="2:7" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B50" s="80"/>
       <c r="C50" s="81"/>
       <c r="D50" s="82"/>
       <c r="E50" s="82"/>
       <c r="F50" s="83"/>
       <c r="G50" s="6"/>
     </row>
     <row r="51" spans="2:7" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B51" s="169" t="s">
-[...4 lines deleted...]
-      <c r="E51" s="170"/>
+      <c r="B51" s="168" t="s">
+        <v>31</v>
+      </c>
+      <c r="C51" s="168"/>
+      <c r="D51" s="168"/>
+      <c r="E51" s="169"/>
       <c r="F51" s="84">
         <f>F43+F49</f>
         <v>0</v>
       </c>
       <c r="G51" s="6"/>
     </row>
     <row r="52" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B52" s="12"/>
       <c r="D52" s="34"/>
       <c r="E52" s="34"/>
       <c r="F52" s="35"/>
       <c r="G52" s="6"/>
     </row>
     <row r="53" spans="2:7" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B53" s="178" t="s">
-[...5 lines deleted...]
-      <c r="F53" s="178"/>
+      <c r="B53" s="177" t="s">
+        <v>32</v>
+      </c>
+      <c r="C53" s="177"/>
+      <c r="D53" s="177"/>
+      <c r="E53" s="177"/>
+      <c r="F53" s="177"/>
     </row>
     <row r="54" spans="2:7" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B54" s="12"/>
       <c r="D54" s="36"/>
       <c r="E54" s="36"/>
     </row>
     <row r="55" spans="2:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B55" s="175" t="s">
-[...4 lines deleted...]
-      <c r="E55" s="100"/>
+      <c r="B55" s="174" t="s">
+        <v>33</v>
+      </c>
+      <c r="C55" s="175"/>
+      <c r="D55" s="176"/>
+      <c r="E55" s="96">
+        <v>22</v>
+      </c>
       <c r="F55" s="85">
         <f>((F43+F45)*E55)/100</f>
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="2:7" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B56" s="172" t="s">
-[...4 lines deleted...]
-      <c r="E56" s="101"/>
+      <c r="B56" s="171" t="s">
+        <v>34</v>
+      </c>
+      <c r="C56" s="172"/>
+      <c r="D56" s="173"/>
+      <c r="E56" s="97"/>
       <c r="F56" s="86">
         <f>((F43+F45)*E56)/100</f>
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="2:7" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B57" s="169" t="s">
-[...4 lines deleted...]
-      <c r="E57" s="170"/>
+      <c r="B57" s="168" t="s">
+        <v>35</v>
+      </c>
+      <c r="C57" s="168"/>
+      <c r="D57" s="168"/>
+      <c r="E57" s="169"/>
       <c r="F57" s="87">
         <f>SUM(F55:F56)</f>
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B58" s="163"/>
-[...2 lines deleted...]
-      <c r="E58" s="163"/>
+      <c r="B58" s="162"/>
+      <c r="C58" s="162"/>
+      <c r="D58" s="162"/>
+      <c r="E58" s="162"/>
       <c r="F58" s="6"/>
     </row>
     <row r="59" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B59" s="37"/>
       <c r="C59" s="37"/>
       <c r="D59" s="37"/>
       <c r="E59" s="37"/>
       <c r="F59" s="6"/>
     </row>
     <row r="60" spans="2:7" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B60" s="159" t="s">
-[...5 lines deleted...]
-      <c r="F60" s="159"/>
+      <c r="B60" s="158" t="s">
+        <v>36</v>
+      </c>
+      <c r="C60" s="158"/>
+      <c r="D60" s="158"/>
+      <c r="E60" s="158"/>
+      <c r="F60" s="158"/>
       <c r="G60" s="39"/>
     </row>
     <row r="61" spans="2:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B61" s="40"/>
       <c r="C61" s="40"/>
       <c r="D61" s="40"/>
       <c r="E61" s="40"/>
       <c r="F61" s="40"/>
       <c r="G61" s="39"/>
     </row>
     <row r="62" spans="2:7" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B62" s="160">
+      <c r="B62" s="159">
         <f>F51-F57</f>
         <v>0</v>
       </c>
-      <c r="C62" s="161"/>
-[...2 lines deleted...]
-      <c r="F62" s="162"/>
+      <c r="C62" s="160"/>
+      <c r="D62" s="160"/>
+      <c r="E62" s="160"/>
+      <c r="F62" s="161"/>
     </row>
     <row r="63" spans="2:7" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B63" s="1"/>
       <c r="D63" s="2"/>
     </row>
     <row r="64" spans="2:7" x14ac:dyDescent="0.2">
       <c r="F64" s="3" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
     </row>
     <row r="66" spans="5:5" x14ac:dyDescent="0.2">
       <c r="E66" s="13"/>
     </row>
     <row r="101" spans="2:4" ht="9.75" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="103" spans="2:4" ht="1.5" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="104" spans="2:4" ht="1.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="102" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="103" spans="2:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="104" spans="2:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B104">
         <v>30</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="105" spans="2:4" ht="1.5" customHeight="1" x14ac:dyDescent="0.2">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="105" spans="2:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B105">
         <v>25</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="106" spans="2:4" ht="1.5" customHeight="1" x14ac:dyDescent="0.2">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="106" spans="2:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B106">
         <v>22</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="107" spans="2:4" ht="1.5" customHeight="1" x14ac:dyDescent="0.2">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="107" spans="2:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D107" s="1" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="108" spans="2:4" ht="1.5" customHeight="1" x14ac:dyDescent="0.2">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="108" spans="2:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D108" s="1" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-    <row r="109" spans="2:4" ht="1.5" customHeight="1" x14ac:dyDescent="0.2">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="109" spans="2:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D109" s="1" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="110" spans="2:4" ht="1.5" customHeight="1" x14ac:dyDescent="0.2">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="110" spans="2:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D110" s="1" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="111" spans="2:4" ht="1.5" customHeight="1" x14ac:dyDescent="0.2">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="111" spans="2:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D111" s="1" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-    <row r="112" spans="2:4" ht="1.5" customHeight="1" x14ac:dyDescent="0.2">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="112" spans="2:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D112" s="1" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="113" ht="1.5" customHeight="1" x14ac:dyDescent="0.2"/>
+        <v>82</v>
+      </c>
+    </row>
+    <row r="113" spans="4:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D113" s="1" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="114" spans="4:4" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="115" spans="4:4" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="35">
     <mergeCell ref="B18:B19"/>
     <mergeCell ref="B14:E14"/>
     <mergeCell ref="B2:F2"/>
     <mergeCell ref="D49:E49"/>
     <mergeCell ref="B45:C45"/>
     <mergeCell ref="B47:C47"/>
     <mergeCell ref="C28:F28"/>
     <mergeCell ref="C23:F23"/>
     <mergeCell ref="C25:F25"/>
     <mergeCell ref="C20:F20"/>
     <mergeCell ref="B16:E16"/>
     <mergeCell ref="B17:F17"/>
     <mergeCell ref="H2:K2"/>
     <mergeCell ref="B56:D56"/>
     <mergeCell ref="B55:D55"/>
     <mergeCell ref="B53:F53"/>
     <mergeCell ref="D43:E43"/>
     <mergeCell ref="C30:F30"/>
     <mergeCell ref="B13:F13"/>
     <mergeCell ref="C24:F24"/>
     <mergeCell ref="C26:F26"/>
     <mergeCell ref="B32:F32"/>
     <mergeCell ref="C27:F27"/>
     <mergeCell ref="B15:E15"/>
     <mergeCell ref="B11:F11"/>
     <mergeCell ref="D7:E7"/>
     <mergeCell ref="B12:F12"/>
     <mergeCell ref="B9:F9"/>
     <mergeCell ref="B60:F60"/>
     <mergeCell ref="B62:F62"/>
     <mergeCell ref="B58:E58"/>
     <mergeCell ref="B34:C35"/>
     <mergeCell ref="D48:E48"/>
     <mergeCell ref="B57:E57"/>
     <mergeCell ref="B51:E51"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
-  <dataValidations count="2">
+  <dataValidations count="3">
     <dataValidation showInputMessage="1" showErrorMessage="1" sqref="E55" xr:uid="{00000000-0002-0000-0000-000000000000}"/>
-    <dataValidation type="list" showInputMessage="1" showErrorMessage="1" sqref="B37:B41" xr:uid="{00000000-0002-0000-0000-000001000000}">
+    <dataValidation type="list" showInputMessage="1" showErrorMessage="1" sqref="B38:B41" xr:uid="{00000000-0002-0000-0000-000001000000}">
       <formula1>$D$103:$D$112</formula1>
+    </dataValidation>
+    <dataValidation type="list" showInputMessage="1" showErrorMessage="1" sqref="B37" xr:uid="{D3E5F6AB-9234-4858-B5BC-5A9F5A41F087}">
+      <formula1>$D$103:$D$113</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.89" right="0.75" top="0.47" bottom="0.98" header="0.2" footer="0"/>
   <pageSetup paperSize="9" scale="72" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1730" r:id="rId4" name="Check Box 706">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>514350</xdr:colOff>
                     <xdr:row>18</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>790575</xdr:colOff>
                     <xdr:row>18</xdr:row>
@@ -5529,771 +5524,934 @@
                     <xdr:row>6</xdr:row>
                     <xdr:rowOff>38100</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>3</xdr:col>
                     <xdr:colOff>762000</xdr:colOff>
                     <xdr:row>6</xdr:row>
                     <xdr:rowOff>285750</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Full2">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:AB114"/>
+  <dimension ref="B1:AB119"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
-      <selection activeCell="I6" sqref="I6"/>
+    <sheetView showGridLines="0" topLeftCell="A29" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
+      <selection activeCell="J67" sqref="J67"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.28515625" customWidth="1"/>
     <col min="2" max="2" width="33.5703125" customWidth="1"/>
     <col min="3" max="3" width="32.7109375" customWidth="1"/>
     <col min="4" max="4" width="10.7109375" customWidth="1"/>
     <col min="5" max="5" width="19.7109375" customWidth="1"/>
     <col min="6" max="6" width="16.28515625" customWidth="1"/>
     <col min="7" max="7" width="18.28515625" customWidth="1"/>
     <col min="8" max="8" width="4.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:28" x14ac:dyDescent="0.2">
       <c r="AB1" s="1" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
     </row>
     <row r="2" spans="2:28" ht="49.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B2" s="209" t="s">
-[...11 lines deleted...]
-      <c r="K2" s="235"/>
+      <c r="B2" s="208" t="s">
+        <v>91</v>
+      </c>
+      <c r="C2" s="208"/>
+      <c r="D2" s="208"/>
+      <c r="E2" s="208"/>
+      <c r="F2" s="208"/>
+      <c r="G2" s="208"/>
+      <c r="I2" s="234" t="s">
+        <v>97</v>
+      </c>
+      <c r="J2" s="234"/>
+      <c r="K2" s="234"/>
     </row>
     <row r="3" spans="2:28" x14ac:dyDescent="0.2">
-      <c r="I3" s="235"/>
-[...1 lines deleted...]
-      <c r="K3" s="235"/>
+      <c r="I3" s="234"/>
+      <c r="J3" s="234"/>
+      <c r="K3" s="234"/>
     </row>
     <row r="4" spans="2:28" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="I4" s="235"/>
-[...1 lines deleted...]
-      <c r="K4" s="235"/>
+      <c r="I4" s="234"/>
+      <c r="J4" s="234"/>
+      <c r="K4" s="234"/>
     </row>
     <row r="5" spans="2:28" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B5" s="88" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <f>INGRESSOS!B62</f>
+        <v>39</v>
+      </c>
+      <c r="C5" s="159">
+        <f>INGRESOS!B62</f>
         <v>0</v>
       </c>
-      <c r="D5" s="161"/>
-[...5 lines deleted...]
-      <c r="K5" s="235"/>
+      <c r="D5" s="160"/>
+      <c r="E5" s="160"/>
+      <c r="F5" s="160"/>
+      <c r="G5" s="161"/>
+      <c r="I5" s="234"/>
+      <c r="J5" s="234"/>
+      <c r="K5" s="234"/>
     </row>
     <row r="6" spans="2:28" x14ac:dyDescent="0.2">
       <c r="G6" s="8"/>
     </row>
     <row r="7" spans="2:28" ht="18" x14ac:dyDescent="0.25">
-      <c r="B7" s="178" t="s">
-[...6 lines deleted...]
-      <c r="G7" s="178"/>
+      <c r="B7" s="177" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" s="177"/>
+      <c r="D7" s="177"/>
+      <c r="E7" s="177"/>
+      <c r="F7" s="177"/>
+      <c r="G7" s="177"/>
     </row>
     <row r="8" spans="2:28" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="F8" s="14"/>
       <c r="G8" s="44"/>
     </row>
     <row r="9" spans="2:28" x14ac:dyDescent="0.2">
-      <c r="B9" s="149" t="s">
-        <v>48</v>
+      <c r="B9" s="144" t="s">
+        <v>41</v>
       </c>
       <c r="C9" s="41"/>
       <c r="D9" s="41"/>
       <c r="E9" s="41"/>
       <c r="F9" s="42"/>
       <c r="G9" s="43">
         <f>SUM(G10:G11)</f>
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="2:28" x14ac:dyDescent="0.2">
-      <c r="B10" s="238" t="s">
-[...7 lines deleted...]
-        <v>23</v>
+      <c r="B10" s="237" t="s">
+        <v>42</v>
+      </c>
+      <c r="C10" s="238"/>
+      <c r="D10" s="238"/>
+      <c r="E10" s="238"/>
+      <c r="F10" s="239"/>
+      <c r="G10" s="98" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="11" spans="2:28" x14ac:dyDescent="0.2">
-      <c r="B11" s="241" t="s">
-[...6 lines deleted...]
-      <c r="G11" s="102"/>
+      <c r="B11" s="240" t="s">
+        <v>43</v>
+      </c>
+      <c r="C11" s="241"/>
+      <c r="D11" s="241"/>
+      <c r="E11" s="241"/>
+      <c r="F11" s="242"/>
+      <c r="G11" s="98"/>
     </row>
     <row r="12" spans="2:28" x14ac:dyDescent="0.2">
       <c r="B12" s="16"/>
       <c r="G12" s="10"/>
     </row>
     <row r="13" spans="2:28" x14ac:dyDescent="0.2">
-      <c r="B13" s="150" t="s">
-        <v>51</v>
+      <c r="B13" s="145" t="s">
+        <v>93</v>
       </c>
       <c r="C13" s="7" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="D13" s="7"/>
       <c r="E13" s="7" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="F13" s="17" t="s">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="G13" s="18"/>
     </row>
     <row r="14" spans="2:28" x14ac:dyDescent="0.2">
       <c r="B14" s="16"/>
       <c r="C14" s="19"/>
-      <c r="D14" s="131"/>
-[...1 lines deleted...]
-      <c r="F14" s="104"/>
+      <c r="D14" s="127"/>
+      <c r="E14" s="99"/>
+      <c r="F14" s="100"/>
       <c r="G14" s="30">
         <f>E14*F14</f>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="2:28" x14ac:dyDescent="0.2">
       <c r="B15" s="16"/>
       <c r="C15" s="7" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="D15" s="7"/>
       <c r="E15" s="7" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="F15" s="17" t="s">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="G15" s="20"/>
     </row>
     <row r="16" spans="2:28" x14ac:dyDescent="0.2">
       <c r="B16" s="16" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="C16" s="21"/>
-      <c r="D16" s="131"/>
-[...1 lines deleted...]
-      <c r="F16" s="104"/>
+      <c r="D16" s="127"/>
+      <c r="E16" s="101"/>
+      <c r="F16" s="100"/>
       <c r="G16" s="30">
         <f>E16*F16</f>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B17" s="16"/>
       <c r="C17" s="7" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="D17" s="7"/>
       <c r="E17" s="7" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="F17" s="17" t="s">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="G17" s="20"/>
     </row>
     <row r="18" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B18" s="16"/>
       <c r="C18" s="21"/>
-      <c r="D18" s="131"/>
-[...1 lines deleted...]
-      <c r="F18" s="104"/>
+      <c r="D18" s="127"/>
+      <c r="E18" s="101"/>
+      <c r="F18" s="100"/>
       <c r="G18" s="30">
         <f>E18*F18</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B19" s="29"/>
       <c r="C19" s="17" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="D19" s="17"/>
       <c r="E19" s="7" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="F19" s="7" t="s">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="G19" s="20"/>
     </row>
     <row r="20" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B20" s="16"/>
       <c r="C20" s="21"/>
-      <c r="D20" s="131"/>
-[...1 lines deleted...]
-      <c r="F20" s="104"/>
+      <c r="D20" s="127"/>
+      <c r="E20" s="101"/>
+      <c r="F20" s="100"/>
       <c r="G20" s="30">
         <f>E20*F20</f>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="2:7" ht="25.5" x14ac:dyDescent="0.2">
       <c r="B21" s="16"/>
       <c r="C21" s="17" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>52</v>
+      </c>
+      <c r="D21" s="130" t="s">
+        <v>50</v>
       </c>
       <c r="E21" s="7" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>53</v>
+      </c>
+      <c r="F21" s="130" t="s">
+        <v>54</v>
       </c>
       <c r="G21" s="20"/>
     </row>
     <row r="22" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B22" s="16"/>
       <c r="C22" s="21"/>
-      <c r="D22" s="135"/>
-[...1 lines deleted...]
-      <c r="F22" s="107"/>
+      <c r="D22" s="131"/>
+      <c r="E22" s="102"/>
+      <c r="F22" s="103"/>
       <c r="G22" s="30">
         <f>E22*F22*D22</f>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B23" s="16"/>
       <c r="E23" s="50"/>
       <c r="F23" s="51"/>
       <c r="G23" s="49"/>
     </row>
     <row r="24" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B24" s="16"/>
       <c r="C24" s="7" t="s">
-        <v>63</v>
-[...4 lines deleted...]
-      <c r="G24" s="108"/>
+        <v>55</v>
+      </c>
+      <c r="D24" s="128"/>
+      <c r="E24" s="235"/>
+      <c r="F24" s="236"/>
+      <c r="G24" s="104"/>
     </row>
     <row r="25" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B25" s="16"/>
       <c r="C25" s="1"/>
       <c r="D25" s="1"/>
       <c r="E25" s="48"/>
       <c r="F25" s="48"/>
       <c r="G25" s="49"/>
     </row>
     <row r="26" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B26" s="16"/>
-      <c r="C26" s="138" t="s">
-[...5 lines deleted...]
-      <c r="G26" s="108"/>
+      <c r="C26" s="134" t="s">
+        <v>56</v>
+      </c>
+      <c r="D26" s="128"/>
+      <c r="E26" s="105"/>
+      <c r="F26" s="106"/>
+      <c r="G26" s="104"/>
     </row>
     <row r="27" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B27" s="16"/>
       <c r="C27" s="1"/>
       <c r="D27" s="1"/>
-      <c r="E27" s="111"/>
-[...1 lines deleted...]
-      <c r="G27" s="108"/>
+      <c r="E27" s="107"/>
+      <c r="F27" s="108"/>
+      <c r="G27" s="104"/>
     </row>
     <row r="28" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B28" s="16"/>
       <c r="C28" s="1"/>
       <c r="D28" s="1"/>
-      <c r="E28" s="111"/>
-[...1 lines deleted...]
-      <c r="G28" s="108"/>
+      <c r="E28" s="107"/>
+      <c r="F28" s="108"/>
+      <c r="G28" s="104"/>
     </row>
     <row r="29" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B29" s="16"/>
       <c r="C29" s="1"/>
       <c r="D29" s="1"/>
-      <c r="E29" s="109"/>
-[...1 lines deleted...]
-      <c r="G29" s="108"/>
+      <c r="E29" s="105"/>
+      <c r="F29" s="108"/>
+      <c r="G29" s="104"/>
     </row>
     <row r="30" spans="2:7" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="16"/>
-      <c r="E30" s="231" t="s">
-[...2 lines deleted...]
-      <c r="F30" s="232"/>
+      <c r="E30" s="230" t="s">
+        <v>57</v>
+      </c>
+      <c r="F30" s="231"/>
       <c r="G30" s="9">
         <f>SUM(G12:G29)</f>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B31" s="16"/>
       <c r="E31" s="8"/>
       <c r="F31" s="8"/>
       <c r="G31" s="10"/>
     </row>
     <row r="32" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B32" s="151" t="s">
-        <v>66</v>
+      <c r="B32" s="146" t="s">
+        <v>58</v>
       </c>
       <c r="C32" s="15"/>
       <c r="D32" s="15"/>
       <c r="E32" s="15"/>
       <c r="F32" s="15"/>
-      <c r="G32" s="108"/>
+      <c r="G32" s="104"/>
     </row>
     <row r="33" spans="2:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="16"/>
       <c r="G33" s="10"/>
     </row>
     <row r="34" spans="2:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B34" s="151" t="s">
-[...4 lines deleted...]
-      <c r="E34" s="154"/>
+      <c r="B34" s="146" t="s">
+        <v>59</v>
+      </c>
+      <c r="C34" s="109"/>
+      <c r="D34" s="129"/>
+      <c r="E34" s="149"/>
       <c r="F34" s="15"/>
-      <c r="G34" s="108"/>
+      <c r="G34" s="104"/>
     </row>
     <row r="35" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B35" s="116" t="s">
-[...8 lines deleted...]
-        <v>70</v>
+      <c r="B35" s="112" t="s">
+        <v>90</v>
+      </c>
+      <c r="C35" s="113"/>
+      <c r="D35" s="113"/>
+      <c r="E35" s="113" t="s">
+        <v>60</v>
+      </c>
+      <c r="F35" s="113" t="s">
+        <v>61</v>
       </c>
       <c r="G35" s="10"/>
     </row>
     <row r="36" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B36" s="151" t="s">
-        <v>71</v>
+      <c r="B36" s="146" t="s">
+        <v>62</v>
       </c>
       <c r="C36" s="15"/>
       <c r="D36" s="15"/>
       <c r="E36" s="15"/>
       <c r="F36" s="15"/>
-      <c r="G36" s="108"/>
+      <c r="G36" s="104"/>
     </row>
     <row r="37" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B37" s="16"/>
       <c r="G37" s="10"/>
     </row>
     <row r="38" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B38" s="151" t="s">
-[...6 lines deleted...]
-      <c r="G38" s="108"/>
+      <c r="B38" s="146" t="s">
+        <v>63</v>
+      </c>
+      <c r="C38" s="109"/>
+      <c r="D38" s="126"/>
+      <c r="E38" s="226"/>
+      <c r="F38" s="227"/>
+      <c r="G38" s="104"/>
     </row>
     <row r="39" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B39" s="16"/>
       <c r="E39" s="4"/>
       <c r="G39" s="22"/>
     </row>
     <row r="40" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B40" s="151" t="s">
-[...6 lines deleted...]
-      <c r="G40" s="108"/>
+      <c r="B40" s="146" t="s">
+        <v>64</v>
+      </c>
+      <c r="C40" s="109"/>
+      <c r="D40" s="109"/>
+      <c r="E40" s="228"/>
+      <c r="F40" s="229"/>
+      <c r="G40" s="104"/>
     </row>
     <row r="41" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B41" s="16"/>
       <c r="C41" s="4"/>
       <c r="D41" s="4"/>
       <c r="E41" s="4"/>
       <c r="F41" s="24"/>
       <c r="G41" s="23"/>
     </row>
     <row r="42" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B42" s="151" t="s">
-        <v>74</v>
+      <c r="B42" s="146" t="s">
+        <v>65</v>
       </c>
       <c r="C42" s="15"/>
       <c r="D42" s="15"/>
       <c r="E42" s="15"/>
       <c r="F42" s="15"/>
-      <c r="G42" s="108"/>
+      <c r="G42" s="104"/>
     </row>
     <row r="43" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B43" s="25"/>
       <c r="C43" s="4"/>
       <c r="D43" s="4"/>
       <c r="E43" s="4"/>
       <c r="F43" s="4"/>
       <c r="G43" s="10"/>
     </row>
     <row r="44" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B44" s="152" t="s">
-        <v>75</v>
+      <c r="B44" s="147" t="s">
+        <v>66</v>
       </c>
       <c r="C44" s="15"/>
       <c r="D44" s="15"/>
       <c r="E44" s="15"/>
       <c r="F44" s="15"/>
-      <c r="G44" s="108"/>
+      <c r="G44" s="104"/>
     </row>
     <row r="45" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B45" s="16"/>
       <c r="G45" s="10"/>
     </row>
     <row r="46" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B46" s="152" t="s">
-        <v>76</v>
+      <c r="B46" s="147" t="s">
+        <v>67</v>
       </c>
       <c r="C46" s="15"/>
       <c r="D46" s="15"/>
       <c r="E46" s="15"/>
       <c r="F46" s="15"/>
-      <c r="G46" s="108"/>
+      <c r="G46" s="104"/>
     </row>
     <row r="47" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B47" s="16"/>
-      <c r="G47" s="23"/>
+      <c r="B47" s="153"/>
+      <c r="G47" s="10"/>
     </row>
     <row r="48" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B48" s="152" t="s">
-        <v>77</v>
+      <c r="B48" s="147" t="s">
+        <v>88</v>
       </c>
       <c r="C48" s="15"/>
       <c r="D48" s="15"/>
       <c r="E48" s="15"/>
       <c r="F48" s="15"/>
-      <c r="G48" s="108"/>
+      <c r="G48" s="104"/>
     </row>
     <row r="49" spans="2:8" x14ac:dyDescent="0.2">
-      <c r="B49" s="16"/>
-[...53 lines deleted...]
-      </c>
+      <c r="B49" s="153"/>
+      <c r="G49" s="10"/>
+    </row>
+    <row r="50" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B50" s="147" t="s">
+        <v>68</v>
+      </c>
+      <c r="C50" s="15"/>
+      <c r="D50" s="15"/>
+      <c r="E50" s="15"/>
+      <c r="F50" s="15"/>
+      <c r="G50" s="104"/>
+    </row>
+    <row r="51" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B51" s="153"/>
+      <c r="G51" s="10"/>
+    </row>
+    <row r="52" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B52" s="147" t="s">
+        <v>89</v>
+      </c>
+      <c r="C52" s="15"/>
+      <c r="D52" s="15"/>
+      <c r="E52" s="15"/>
+      <c r="F52" s="15"/>
+      <c r="G52" s="104"/>
+    </row>
+    <row r="53" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B53" s="153"/>
+      <c r="G53" s="10"/>
+    </row>
+    <row r="54" spans="2:8" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="B54" s="148" t="s">
+        <v>69</v>
+      </c>
+      <c r="C54" s="232"/>
+      <c r="D54" s="233"/>
+      <c r="E54" s="233"/>
+      <c r="F54" s="233"/>
+      <c r="G54" s="104"/>
+    </row>
+    <row r="55" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B55" s="38"/>
+      <c r="C55" s="11"/>
+      <c r="D55" s="11"/>
+      <c r="E55" s="11"/>
+      <c r="F55" s="11"/>
+      <c r="G55" s="46"/>
+    </row>
+    <row r="56" spans="2:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C56" s="5"/>
       <c r="D56" s="5"/>
       <c r="E56" s="5"/>
-      <c r="F56" s="5"/>
-[...29 lines deleted...]
-      <c r="G61" s="122"/>
+      <c r="F56" s="89" t="s">
+        <v>70</v>
+      </c>
+      <c r="G56" s="47">
+        <f>SUM(G32:G54)+G30+G9</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="2:8" s="138" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B57" s="137" t="s">
+        <v>94</v>
+      </c>
+      <c r="G57" s="139"/>
+    </row>
+    <row r="58" spans="2:8" s="138" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B58" s="137" t="s">
+        <v>95</v>
+      </c>
+      <c r="G58" s="139"/>
+    </row>
+    <row r="59" spans="2:8" s="138" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B59" s="137" t="s">
+        <v>96</v>
+      </c>
+      <c r="G59" s="139"/>
+    </row>
+    <row r="60" spans="2:8" s="138" customFormat="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B60" s="137" t="s">
+        <v>71</v>
+      </c>
+      <c r="H60" s="140"/>
+    </row>
+    <row r="61" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B61" s="114" t="s">
+        <v>72</v>
+      </c>
+      <c r="C61" s="5"/>
+      <c r="D61" s="5"/>
+      <c r="E61" s="5"/>
+      <c r="F61" s="5"/>
+      <c r="G61" s="115"/>
       <c r="H61" s="45"/>
     </row>
-    <row r="62" spans="2:8" ht="10.5" customHeight="1" x14ac:dyDescent="0.2"/>
-[...13 lines deleted...]
-        <f xml:space="preserve"> C5-G52</f>
+    <row r="62" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B62" s="116"/>
+      <c r="G62" s="117"/>
+      <c r="H62" s="45"/>
+    </row>
+    <row r="63" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B63" s="116"/>
+      <c r="G63" s="117"/>
+      <c r="H63" s="45"/>
+    </row>
+    <row r="64" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B64" s="116"/>
+      <c r="G64" s="117"/>
+      <c r="H64" s="45"/>
+    </row>
+    <row r="65" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B65" s="116"/>
+      <c r="G65" s="117"/>
+      <c r="H65" s="45"/>
+    </row>
+    <row r="66" spans="2:8" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B66" s="38"/>
+      <c r="C66" s="11"/>
+      <c r="D66" s="11"/>
+      <c r="E66" s="11"/>
+      <c r="F66" s="11"/>
+      <c r="G66" s="118"/>
+      <c r="H66" s="45"/>
+    </row>
+    <row r="67" spans="2:8" ht="10.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="68" spans="2:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B68" s="222" t="s">
+        <v>73</v>
+      </c>
+      <c r="C68" s="222"/>
+      <c r="D68" s="222"/>
+      <c r="E68" s="222"/>
+      <c r="F68" s="222"/>
+      <c r="G68" s="222"/>
+    </row>
+    <row r="69" spans="2:8" ht="6.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25"/>
+    <row r="70" spans="2:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B70" s="223">
+        <f xml:space="preserve"> C5-G56</f>
         <v>0</v>
       </c>
-      <c r="C65" s="225"/>
-[...40 lines deleted...]
-    <row r="106" spans="2:2" hidden="1" x14ac:dyDescent="0.2"/>
+      <c r="C70" s="224"/>
+      <c r="D70" s="224"/>
+      <c r="E70" s="224"/>
+      <c r="F70" s="224"/>
+      <c r="G70" s="225"/>
+    </row>
+    <row r="71" spans="2:8" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="F71" s="12"/>
+      <c r="G71" s="26"/>
+    </row>
+    <row r="72" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="F72" s="12"/>
+      <c r="G72" s="26"/>
+    </row>
+    <row r="79" spans="2:8" ht="7.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="80" spans="2:8" ht="21" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="83" spans="7:9" x14ac:dyDescent="0.2">
+      <c r="G83" s="8"/>
+    </row>
+    <row r="86" spans="7:9" x14ac:dyDescent="0.2">
+      <c r="G86" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I86" s="27"/>
+    </row>
     <row r="107" spans="2:2" hidden="1" x14ac:dyDescent="0.2"/>
     <row r="108" spans="2:2" hidden="1" x14ac:dyDescent="0.2">
       <c r="B108" s="1" t="s">
-        <v>89</v>
+        <v>102</v>
       </c>
     </row>
     <row r="109" spans="2:2" hidden="1" x14ac:dyDescent="0.2">
       <c r="B109" s="1" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-    <row r="110" spans="2:2" hidden="1" x14ac:dyDescent="0.2"/>
+        <v>103</v>
+      </c>
+    </row>
+    <row r="110" spans="2:2" hidden="1" x14ac:dyDescent="0.2">
+      <c r="B110" s="1" t="s">
+        <v>75</v>
+      </c>
+    </row>
     <row r="111" spans="2:2" hidden="1" x14ac:dyDescent="0.2"/>
-    <row r="112" spans="2:2" hidden="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-    </row>
+    <row r="112" spans="2:2" hidden="1" x14ac:dyDescent="0.2"/>
     <row r="113" spans="2:2" hidden="1" x14ac:dyDescent="0.2">
       <c r="B113" s="1" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="114" spans="2:2" hidden="1" x14ac:dyDescent="0.2"/>
+        <v>104</v>
+      </c>
+    </row>
+    <row r="114" spans="2:2" hidden="1" x14ac:dyDescent="0.2">
+      <c r="B114" s="1" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="115" spans="2:2" hidden="1" x14ac:dyDescent="0.2"/>
+    <row r="116" spans="2:2" hidden="1" x14ac:dyDescent="0.2"/>
+    <row r="117" spans="2:2" hidden="1" x14ac:dyDescent="0.2">
+      <c r="B117" s="1" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="118" spans="2:2" hidden="1" x14ac:dyDescent="0.2">
+      <c r="B118" s="1" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="119" spans="2:2" hidden="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="I2:K5"/>
     <mergeCell ref="B2:G2"/>
     <mergeCell ref="B7:G7"/>
     <mergeCell ref="E24:F24"/>
     <mergeCell ref="B10:F10"/>
     <mergeCell ref="B11:F11"/>
     <mergeCell ref="C5:G5"/>
-    <mergeCell ref="B63:G63"/>
-    <mergeCell ref="B65:G65"/>
+    <mergeCell ref="B68:G68"/>
+    <mergeCell ref="B70:G70"/>
     <mergeCell ref="E38:F38"/>
     <mergeCell ref="E40:F40"/>
     <mergeCell ref="E30:F30"/>
-    <mergeCell ref="C50:F50"/>
+    <mergeCell ref="C54:F54"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <dataValidations count="4">
     <dataValidation type="list" showInputMessage="1" showErrorMessage="1" sqref="C38:E38" xr:uid="{00000000-0002-0000-0100-000000000000}">
-      <formula1>$B$102:$B$105</formula1>
+      <formula1>$B$107:$B$110</formula1>
     </dataValidation>
     <dataValidation type="list" showInputMessage="1" showErrorMessage="1" sqref="C34:D34" xr:uid="{00000000-0002-0000-0100-000001000000}">
-      <formula1>$B$107:$B$109</formula1>
+      <formula1>$B$112:$B$114</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C40:D40" xr:uid="{00000000-0002-0000-0100-000002000000}">
-      <formula1>$B$111:$B$113</formula1>
+      <formula1>$B$116:$B$118</formula1>
     </dataValidation>
     <dataValidation type="list" showInputMessage="1" showErrorMessage="1" sqref="E40:F40" xr:uid="{00000000-0002-0000-0100-000003000000}">
-      <formula1>$B$111:$B$113</formula1>
+      <formula1>$B$116:$B$118</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.9" right="0.75" top="0.53" bottom="0.6" header="0" footer="0"/>
   <pageSetup paperSize="9" scale="64" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d5ded435ed922d5b7908982568d91507">
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004854BA6528C73A499BC16285B8E173DC" ma:contentTypeVersion="17" ma:contentTypeDescription="Crea un document nou" ma:contentTypeScope="" ma:versionID="3312ff5995f268b9945cd0ff687b8f92">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4af69165-b505-481b-9011-f24b730a8c49" xmlns:ns3="0c41f792-b750-44f5-ae1e-577e00342cf2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1e9efc53b25f84395afdb74ac93112e4" ns2:_="" ns3:_="">
+    <xsd:import namespace="4af69165-b505-481b-9011-f24b730a8c49"/>
+    <xsd:import namespace="0c41f792-b750-44f5-ae1e-577e00342cf2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
-              <xsd:all/>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4af69165-b505-481b-9011-f24b730a8c49" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Etiquetes de la imatge" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="34c01127-bdf0-454e-9077-a20ba63b60ec" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="18" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="21" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="23" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="24" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0c41f792-b750-44f5-ae1e-577e00342cf2" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ee72761d-dfbd-449d-a87a-f67a3e7c9961}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="0c41f792-b750-44f5-ae1e-577e00342cf2">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="19" nillable="true" ma:displayName="Compartit amb" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="20" nillable="true" ma:displayName="S'ha compartit amb detalls" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Tipus de contingut"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Títol"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -6351,126 +6509,141 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="4af69165-b505-481b-9011-f24b730a8c49">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="0c41f792-b750-44f5-ae1e-577e00342cf2" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E9F15A14-52FD-411E-B023-436F5348D15C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F942E145-A40C-4837-8948-36A580C8EA3E}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DBE56BA9-3154-42DD-B000-796A31C417B3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="4af69165-b505-481b-9011-f24b730a8c49"/>
+    <ds:schemaRef ds:uri="0c41f792-b750-44f5-ae1e-577e00342cf2"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2A93453B-1570-46CD-8FE3-EF7C4700B83A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="4af69165-b505-481b-9011-f24b730a8c49"/>
+    <ds:schemaRef ds:uri="0c41f792-b750-44f5-ae1e-577e00342cf2"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fulls de càlcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Intervals amb nom</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">
-      <vt:lpstr>INGRESSOS</vt:lpstr>
-[...2 lines deleted...]
-      <vt:lpstr>INGRESSOS!Àrea_d'impressió</vt:lpstr>
+      <vt:lpstr>INGRESOS</vt:lpstr>
+      <vt:lpstr>GASTOS</vt:lpstr>
+      <vt:lpstr>GASTOS!Àrea_d'impressió</vt:lpstr>
+      <vt:lpstr>INGRESOS!Àrea_d'impressió</vt:lpstr>
       <vt:lpstr>Curs</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>a</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>mbernes</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x0101000E1C804287F6ED4999973793D4BE5D6A</vt:lpwstr>
+    <vt:lpwstr>0x0101004854BA6528C73A499BC16285B8E173DC</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>