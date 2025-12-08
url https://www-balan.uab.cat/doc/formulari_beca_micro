--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -137,81 +137,82 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Nom i cognoms / Nombre y apellidos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6595" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60C17D3C" w14:textId="0A102989" w:rsidR="00175884" w:rsidRPr="004D5D0B" w:rsidRDefault="00000000" w:rsidP="00E72E6B">
+          <w:p w14:paraId="60C17D3C" w14:textId="0A102989" w:rsidR="00175884" w:rsidRPr="004D5D0B" w:rsidRDefault="00E15B12" w:rsidP="00E72E6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="32"/>
                   <w:szCs w:val="32"/>
                   <w:lang w:val="es-ES"/>
                 </w:rPr>
                 <w:id w:val="-1396038866"/>
                 <w:placeholder>
                   <w:docPart w:val="57E2B654240E4675ABDA56C159A53846"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C07BF2" w:rsidRPr="006F4027">
                   <w:rPr>
                     <w:rStyle w:val="Textdelcontenidor"/>
                     <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                   </w:rPr>
                   <w:t>Feu clic o toqueu aquí per escriure text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00175884" w:rsidRPr="004D5D0B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -289,81 +290,82 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Documento Identificativo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6595" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6572DBC4" w14:textId="12E1A1B6" w:rsidR="00175884" w:rsidRPr="00234759" w:rsidRDefault="00000000" w:rsidP="00E72E6B">
+          <w:p w14:paraId="6572DBC4" w14:textId="12E1A1B6" w:rsidR="00175884" w:rsidRPr="00234759" w:rsidRDefault="00E15B12" w:rsidP="00E72E6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="32"/>
                   <w:szCs w:val="32"/>
                   <w:lang w:val="fr-FR"/>
                 </w:rPr>
                 <w:id w:val="-601495776"/>
                 <w:placeholder>
                   <w:docPart w:val="803A4D8260E24B728F04922EA25AD7D1"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00234759" w:rsidRPr="006F4027">
                   <w:rPr>
                     <w:rStyle w:val="Textdelcontenidor"/>
                     <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                   </w:rPr>
                   <w:t>Feu clic o toqueu aquí per escriure text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00175884" w:rsidRPr="00234759">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -405,81 +407,82 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Data de naixement / Fecha de nacimiento </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6595" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="21C84DE3" w14:textId="1DC25A04" w:rsidR="00175884" w:rsidRPr="004D5D0B" w:rsidRDefault="00000000" w:rsidP="00E72E6B">
+          <w:p w14:paraId="21C84DE3" w14:textId="1DC25A04" w:rsidR="00175884" w:rsidRPr="004D5D0B" w:rsidRDefault="00E15B12" w:rsidP="00E72E6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="32"/>
                   <w:szCs w:val="32"/>
                   <w:lang w:val="es-ES"/>
                 </w:rPr>
                 <w:id w:val="-1599249444"/>
                 <w:placeholder>
                   <w:docPart w:val="F8237857BEB24419B990E7D505582FE0"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00234759" w:rsidRPr="006F4027">
                   <w:rPr>
                     <w:rStyle w:val="Textdelcontenidor"/>
                     <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                   </w:rPr>
                   <w:t>Feu clic o toqueu aquí per escriure text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00175884" w:rsidRPr="004D5D0B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -564,50 +567,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="32"/>
                   <w:szCs w:val="32"/>
                   <w:lang w:val="es-ES"/>
                 </w:rPr>
                 <w:id w:val="-1852331922"/>
                 <w:placeholder>
                   <w:docPart w:val="018167EDD3A242778F9C22876518D32D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00234759" w:rsidRPr="006F4027">
                   <w:rPr>
                     <w:rStyle w:val="Textdelcontenidor"/>
                     <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                   </w:rPr>
                   <w:t>Feu clic o toqueu aquí per escriure text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00175884" w:rsidRPr="004D5D0B" w14:paraId="62D38CBA" w14:textId="77777777" w:rsidTr="00E72E6B">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="1624" w:type="dxa"/>
           <w:trHeight w:val="495"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4305" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -680,50 +684,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="32"/>
                   <w:szCs w:val="32"/>
                   <w:lang w:val="es-ES"/>
                 </w:rPr>
                 <w:id w:val="-274096200"/>
                 <w:placeholder>
                   <w:docPart w:val="D9CDBB00A0E44A8DBDE01D7C60BCB82A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00234759" w:rsidRPr="006F4027">
                   <w:rPr>
                     <w:rStyle w:val="Textdelcontenidor"/>
                     <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                   </w:rPr>
                   <w:t>Feu clic o toqueu aquí per escriure text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00175884" w:rsidRPr="00B33505" w14:paraId="2D5840B3" w14:textId="77777777" w:rsidTr="00E72E6B">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="1624" w:type="dxa"/>
           <w:trHeight w:val="495"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4305" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -796,50 +801,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:val="es-ES"/>
                 </w:rPr>
                 <w:id w:val="1302887187"/>
                 <w:placeholder>
                   <w:docPart w:val="251158433A1543E28CAD2286D5D4746B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00234759" w:rsidRPr="006F4027">
                   <w:rPr>
                     <w:rStyle w:val="Textdelcontenidor"/>
                     <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                   </w:rPr>
                   <w:t>Feu clic o toqueu aquí per escriure text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00175884" w:rsidRPr="004D5D0B" w14:paraId="59B71CFD" w14:textId="77777777" w:rsidTr="00E72E6B">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="1624" w:type="dxa"/>
           <w:trHeight w:val="495"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4305" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -912,50 +918,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="32"/>
                   <w:szCs w:val="32"/>
                   <w:lang w:val="es-ES"/>
                 </w:rPr>
                 <w:id w:val="-227074069"/>
                 <w:placeholder>
                   <w:docPart w:val="7F6F8A14219B4DF78C0C0FA3FE178F8A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00234759" w:rsidRPr="006F4027">
                   <w:rPr>
                     <w:rStyle w:val="Textdelcontenidor"/>
                     <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                   </w:rPr>
                   <w:t>Feu clic o toqueu aquí per escriure text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00175884" w:rsidRPr="004D5D0B" w14:paraId="632CC4BA" w14:textId="77777777" w:rsidTr="00E72E6B">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="1624" w:type="dxa"/>
           <w:trHeight w:val="35"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4305" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -1028,50 +1035,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="32"/>
                   <w:szCs w:val="32"/>
                   <w:lang w:val="es-ES"/>
                 </w:rPr>
                 <w:id w:val="-883864044"/>
                 <w:placeholder>
                   <w:docPart w:val="A315DEF368F541E58114CF0D5C23CED5"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00234759" w:rsidRPr="006F4027">
                   <w:rPr>
                     <w:rStyle w:val="Textdelcontenidor"/>
                     <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                   </w:rPr>
                   <w:t>Feu clic o toqueu aquí per escriure text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00175884" w:rsidRPr="000E5F3A" w14:paraId="6112EEC0" w14:textId="77777777" w:rsidTr="00E72E6B">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="1624" w:type="dxa"/>
           <w:trHeight w:val="249"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8841" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
@@ -1300,50 +1308,51 @@
       </w:tr>
       <w:tr w:rsidR="00175884" w:rsidRPr="00680E72" w14:paraId="35BC1C58" w14:textId="77777777" w:rsidTr="00E72E6B">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="1624" w:type="dxa"/>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="000000"/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
               <w:lang w:val="es-ES"/>
             </w:rPr>
             <w:id w:val="-584998040"/>
             <w:placeholder>
               <w:docPart w:val="227A720B356C46888468AAA14DDEBBF8"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="8841" w:type="dxa"/>
                 <w:gridSpan w:val="4"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:noWrap/>
                 <w:hideMark/>
               </w:tcPr>
               <w:p w14:paraId="3B3A00E1" w14:textId="1DC5B0E8" w:rsidR="00175884" w:rsidRPr="00680E72" w:rsidRDefault="00234759" w:rsidP="00FD5688">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:b/>
                     <w:bCs/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                     <w:lang w:val="es-ES"/>
                   </w:rPr>
@@ -1355,50 +1364,51 @@
                   </w:rPr>
                   <w:t>Feu clic o toqueu aquí per escriure text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="000000"/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
               <w:lang w:val="es-ES"/>
             </w:rPr>
             <w:id w:val="290633952"/>
             <w:placeholder>
               <w:docPart w:val="0C1AC7192285462E8DF1DBC3C6107161"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2059" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:noWrap/>
                 <w:hideMark/>
               </w:tcPr>
               <w:p w14:paraId="3B40885D" w14:textId="63BE8937" w:rsidR="00175884" w:rsidRPr="00680E72" w:rsidRDefault="00234759" w:rsidP="00FD5688">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:b/>
                     <w:bCs/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                     <w:lang w:val="es-ES"/>
                   </w:rPr>
                 </w:pPr>
@@ -1525,72 +1535,73 @@
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Beca</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7871" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60814587" w14:textId="4909E7F3" w:rsidR="00175884" w:rsidRPr="004D5BB8" w:rsidRDefault="00000000" w:rsidP="00E72E6B">
+          <w:p w14:paraId="60814587" w14:textId="4909E7F3" w:rsidR="00175884" w:rsidRPr="004D5BB8" w:rsidRDefault="00E15B12" w:rsidP="00E72E6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="000000"/>
                   <w:lang w:val="es-ES"/>
                 </w:rPr>
                 <w:id w:val="-1944681170"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0026482F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:lang w:val="es-ES"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00175884">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Beca</w:t>
             </w:r>
             <w:r w:rsidR="00175884" w:rsidRPr="004D5BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
@@ -1685,72 +1696,73 @@
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Es necesario adjuntar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7871" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1CD60B78" w14:textId="73B88079" w:rsidR="00175884" w:rsidRPr="00234759" w:rsidRDefault="00000000" w:rsidP="00E72E6B">
+          <w:p w14:paraId="1CD60B78" w14:textId="73B88079" w:rsidR="00175884" w:rsidRPr="00234759" w:rsidRDefault="00E15B12" w:rsidP="00E72E6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="000000"/>
                   <w:lang w:val="fr-FR"/>
                 </w:rPr>
                 <w:id w:val="1265953236"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0026482F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:lang w:val="fr-FR"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00175884" w:rsidRPr="00234759">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>DNI/ passaport vigent / pasaporte vigente</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00175884" w:rsidRPr="004D5BB8" w14:paraId="0FFEE9F5" w14:textId="77777777" w:rsidTr="00175884">
         <w:trPr>
           <w:gridAfter w:val="1"/>
@@ -1776,72 +1788,73 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7871" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="35DD908B" w14:textId="77777777" w:rsidR="00175884" w:rsidRPr="004D5BB8" w:rsidRDefault="00000000" w:rsidP="00E72E6B">
+          <w:p w14:paraId="35DD908B" w14:textId="77777777" w:rsidR="00175884" w:rsidRPr="004D5BB8" w:rsidRDefault="00E15B12" w:rsidP="00E72E6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="000000"/>
                   <w:lang w:val="es-ES"/>
                 </w:rPr>
                 <w:id w:val="-625996475"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00175884">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:lang w:val="es-ES"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00175884">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Situació d’atur, acreditada amb el DARDO / </w:t>
             </w:r>
             <w:r w:rsidR="00175884" w:rsidRPr="00150F1B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
@@ -1875,186 +1888,487 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7871" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6C293A22" w14:textId="77777777" w:rsidR="00175884" w:rsidRPr="00B33505" w:rsidRDefault="00000000" w:rsidP="00E72E6B">
+          <w:p w14:paraId="6C293A22" w14:textId="4814A1BD" w:rsidR="00175884" w:rsidRPr="00B33505" w:rsidRDefault="00E15B12" w:rsidP="00E72E6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="000000"/>
                   <w:lang w:val="es-ES"/>
                 </w:rPr>
                 <w:id w:val="1362088268"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00175884">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:lang w:val="es-ES"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00175884">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t>Declaració de la renda de l’ultim any /</w:t>
+              <w:t xml:space="preserve">Declaració de la renda de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00175884">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>l’</w:t>
+            </w:r>
+            <w:r w:rsidR="007E7404">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>ú</w:t>
+            </w:r>
+            <w:r w:rsidR="00175884">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>ltim</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00175884">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00175884">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>any</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00D32BAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00D32BAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>certificat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00D32BAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00D32BAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>d’empadronament</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00175884">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> /</w:t>
             </w:r>
             <w:r w:rsidR="00175884">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00175884" w:rsidRPr="00150F1B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Declaración de la renta del último año</w:t>
             </w:r>
+            <w:r w:rsidR="004057F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> y certificado de empadronamiento</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E7404" w:rsidRPr="004D5BB8" w14:paraId="7B8EF79B" w14:textId="77777777" w:rsidTr="00175884">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1624" w:type="dxa"/>
+          <w:trHeight w:val="419"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3029" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26DFFBF5" w14:textId="77777777" w:rsidR="007E7404" w:rsidRPr="000E5F3A" w:rsidRDefault="007E7404" w:rsidP="00E72E6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7871" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="79D1AAB6" w14:textId="4136809D" w:rsidR="007E7404" w:rsidRDefault="007E7404" w:rsidP="00E72E6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:lang w:val="es-ES"/>
+                </w:rPr>
+                <w:id w:val="1166675487"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                    <w:color w:val="000000" w:themeColor="text1"/>
+                    <w:lang w:val="es-ES"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="004D5BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Declaració</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>d’absència</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AE5967">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve">conflicto </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00AE5967">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>d’interessos</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00AE5967">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00101867" w:rsidRPr="00101867">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Declaración</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00101867" w:rsidRPr="00101867">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00101867" w:rsidRPr="00101867">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ausencia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00101867" w:rsidRPr="00101867">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00101867" w:rsidRPr="00101867">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>conflicto</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00101867" w:rsidRPr="00101867">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00101867" w:rsidRPr="00101867">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>intereses</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00175884" w:rsidRPr="004D5BB8" w14:paraId="4F0194A2" w14:textId="77777777" w:rsidTr="00175884">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="1624" w:type="dxa"/>
           <w:trHeight w:val="419"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3029" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="42B1B88B" w14:textId="77777777" w:rsidR="00175884" w:rsidRPr="000E5F3A" w:rsidRDefault="00175884" w:rsidP="00E72E6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7871" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="37017C12" w14:textId="77777777" w:rsidR="00175884" w:rsidRPr="004D5BB8" w:rsidRDefault="00000000" w:rsidP="00E72E6B">
+          <w:p w14:paraId="37017C12" w14:textId="56546907" w:rsidR="00175884" w:rsidRPr="004D5BB8" w:rsidRDefault="00E15B12" w:rsidP="00E72E6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                  <w:color w:val="000000"/>
+                  <w:color w:val="000000" w:themeColor="text1"/>
                   <w:lang w:val="es-ES"/>
                 </w:rPr>
                 <w:id w:val="-1173337509"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00175884" w:rsidRPr="004D5BB8">
+                <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri"/>
-                    <w:color w:val="000000"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                    <w:color w:val="000000" w:themeColor="text1"/>
                     <w:lang w:val="es-ES"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00175884" w:rsidRPr="004D5BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00175884">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Risc d’exclusió social acreditat / </w:t>
             </w:r>
             <w:r w:rsidR="00175884" w:rsidRPr="00AF4BCE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -2071,100 +2385,100 @@
           <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3029" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="09564877" w14:textId="77777777" w:rsidR="00175884" w:rsidRDefault="00175884" w:rsidP="00E72E6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3CB4E8AB" w14:textId="5DC381A2" w:rsidR="00175884" w:rsidRDefault="00175884" w:rsidP="00E72E6B">
+          <w:p w14:paraId="3CB4E8AB" w14:textId="23F98D56" w:rsidR="00175884" w:rsidRDefault="00175884" w:rsidP="00E72E6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> TIME \@ "dddd, d' de 'MMMM' de 'yyyy" </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00874A07">
+            <w:r w:rsidR="00533150">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t>lunes, 1 de septiembre de 2025</w:t>
+              <w:t>lunes, 10 de noviembre de 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F798BC7" w14:textId="77777777" w:rsidR="00175884" w:rsidRDefault="00175884" w:rsidP="00E72E6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1B2131FF" w14:textId="0409604F" w:rsidR="00175884" w:rsidRPr="000E5F3A" w:rsidRDefault="00175884" w:rsidP="00E72E6B">
             <w:pPr>
@@ -2272,50 +2586,51 @@
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="487E5851" w14:textId="77777777" w:rsidR="000053E0" w:rsidRDefault="000053E0">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:id w:val="-530655016"/>
         <w14:checkbox>
           <w14:checked w14:val="0"/>
           <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
           <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
         </w14:checkbox>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="56483A7A" w14:textId="206994EE" w:rsidR="000053E0" w:rsidRDefault="00234759">
           <w:pPr>
             <w:rPr>
               <w:lang w:val="es-ES"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:lang w:val="es-ES"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="73581E4F" w14:textId="11D4E16A" w:rsidR="00B67E0A" w:rsidRDefault="00B67E0A" w:rsidP="00B67E0A">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
@@ -2900,131 +3215,140 @@
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="0EE0810F" w14:textId="564A4853" w:rsidR="00577EE5" w:rsidRPr="00175884" w:rsidRDefault="00175884" w:rsidP="00175884">
     <w:pPr>
       <w:pStyle w:val="Capalera"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
       <w:t xml:space="preserve">               </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="116"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="3x0yiWvKy4G0dGUH9M4CrUyRtNk73JjlX9jHbRAwSmUw82kup6PT/4jl4FskGZoUZNCHF8fqBci7x2gTyaf0Ig==" w:salt="0MTjVzVEFJivri3bpR2Jkw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="TenU7p02GAG7xAC60cyX24I242trnz47N5ucF67JD5BgjtBlcPBFrWdmLzZ53/4k0pDilae9miSJlA8KMBV4Xg==" w:salt="s/D9F2pE2alnGzyQhopPSA=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00175884"/>
     <w:rsid w:val="000053E0"/>
+    <w:rsid w:val="00101867"/>
     <w:rsid w:val="0011516F"/>
     <w:rsid w:val="001239B3"/>
     <w:rsid w:val="001317BC"/>
     <w:rsid w:val="001605CD"/>
     <w:rsid w:val="00175884"/>
     <w:rsid w:val="00185BCB"/>
     <w:rsid w:val="00191A72"/>
     <w:rsid w:val="001A6555"/>
     <w:rsid w:val="001D21C1"/>
     <w:rsid w:val="001F28AE"/>
     <w:rsid w:val="00205227"/>
     <w:rsid w:val="00234759"/>
     <w:rsid w:val="002352EE"/>
     <w:rsid w:val="0026482F"/>
     <w:rsid w:val="002F0564"/>
     <w:rsid w:val="003322F8"/>
     <w:rsid w:val="003658E0"/>
+    <w:rsid w:val="00387E41"/>
     <w:rsid w:val="003D4292"/>
     <w:rsid w:val="004033C1"/>
+    <w:rsid w:val="004057F6"/>
     <w:rsid w:val="00442BB3"/>
     <w:rsid w:val="004437CE"/>
     <w:rsid w:val="0047288E"/>
     <w:rsid w:val="004F6C66"/>
+    <w:rsid w:val="00533150"/>
     <w:rsid w:val="005750B3"/>
     <w:rsid w:val="00577EE5"/>
     <w:rsid w:val="00594F99"/>
     <w:rsid w:val="005A7065"/>
     <w:rsid w:val="005E4E8C"/>
+    <w:rsid w:val="006264D3"/>
     <w:rsid w:val="0068249B"/>
     <w:rsid w:val="006A53A0"/>
     <w:rsid w:val="00711972"/>
     <w:rsid w:val="00714DFC"/>
     <w:rsid w:val="00754A1A"/>
     <w:rsid w:val="007B4A62"/>
+    <w:rsid w:val="007E7404"/>
     <w:rsid w:val="00811986"/>
     <w:rsid w:val="00874A07"/>
     <w:rsid w:val="008B5EC9"/>
     <w:rsid w:val="009156AC"/>
     <w:rsid w:val="009574C9"/>
     <w:rsid w:val="009A732E"/>
     <w:rsid w:val="00A01811"/>
     <w:rsid w:val="00A1308A"/>
+    <w:rsid w:val="00AE5967"/>
     <w:rsid w:val="00B07E7B"/>
     <w:rsid w:val="00B67E0A"/>
     <w:rsid w:val="00B71EE9"/>
     <w:rsid w:val="00BB2CC1"/>
     <w:rsid w:val="00BC4137"/>
     <w:rsid w:val="00C07BF2"/>
     <w:rsid w:val="00C71941"/>
     <w:rsid w:val="00D04E4A"/>
     <w:rsid w:val="00D22B80"/>
+    <w:rsid w:val="00D32BAD"/>
     <w:rsid w:val="00D46305"/>
     <w:rsid w:val="00DF5B9B"/>
+    <w:rsid w:val="00E15B12"/>
     <w:rsid w:val="00F13524"/>
     <w:rsid w:val="00F96878"/>
     <w:rsid w:val="00FA5F29"/>
     <w:rsid w:val="00FD5688"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
@@ -3647,51 +3971,50 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttol9Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00175884"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="es-ES" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Lletraperdefectedelpargraf">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Taulanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sensellista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttol1Car">
     <w:name w:val="Títol 1 Car"/>
@@ -4463,50 +4786,51 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FB3C32"/>
     <w:rsid w:val="002352EE"/>
     <w:rsid w:val="003322F8"/>
+    <w:rsid w:val="00387E41"/>
     <w:rsid w:val="0061553F"/>
     <w:rsid w:val="006A53A0"/>
     <w:rsid w:val="00714DFC"/>
     <w:rsid w:val="00827300"/>
     <w:rsid w:val="009156AC"/>
     <w:rsid w:val="00AD15E4"/>
     <w:rsid w:val="00D22B80"/>
     <w:rsid w:val="00F13524"/>
     <w:rsid w:val="00FB3C32"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ca-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -5408,54 +5732,54 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1B997A2F-EC08-43D7-8A17-566886B638B6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>240</Words>
-  <Characters>1320</Characters>
+  <Words>264</Words>
+  <Characters>1456</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
+  <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1557</CharactersWithSpaces>
+  <CharactersWithSpaces>1717</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Miquel Mazuque Periz</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>