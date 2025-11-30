--- v0 (2025-10-19)
+++ v1 (2025-11-30)
@@ -1767,51 +1767,73 @@
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> document is a </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>forecast</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of the </w:t>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>different</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
@@ -1921,51 +1943,73 @@
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>during</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the doctoral </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> doctoral </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>thesis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
@@ -2141,293 +2185,469 @@
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>least</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">, the </w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>mandatory</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>activities</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of the Doctorate in </w:t>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Doctorate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Education</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>program</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>which</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> can be </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>improved</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>detailed</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>throughout</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>student's</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>stay</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in the </w:t>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>program</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">. In the </w:t>
+        <w:t xml:space="preserve">. In </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>case</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> of doctoral </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
@@ -2469,103 +2689,191 @@
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00424E6C" w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>In</w:t>
       </w:r>
       <w:r w:rsidR="00CF1E94" w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>ternational and Industrial</w:t>
+        <w:t xml:space="preserve">ternational </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CF1E94" w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CF1E94" w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Industrial</w:t>
       </w:r>
       <w:r w:rsidR="00C1706B" w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Doctoral Research Component</w:t>
+        <w:t xml:space="preserve"> Doctoral </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C1706B" w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C1706B" w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Component</w:t>
       </w:r>
       <w:r w:rsidR="00CF1E94" w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00CF1E94" w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CF1E94" w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CF1E94" w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
         <w:t>Cotute</w:t>
       </w:r>
       <w:r w:rsidR="00764D1C" w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>lle</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">, the provisions </w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provisions </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>specifically</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> for </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
@@ -2587,51 +2895,73 @@
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>type</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of Doctorate </w:t>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Doctorate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>will</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
@@ -2763,117 +3093,227 @@
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>duration</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of the Doctorate </w:t>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Doctorate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>studies</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">, the </w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>exact</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> dates and </w:t>
+        <w:t xml:space="preserve"> dates </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00645BF5" w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>hours</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
@@ -3350,59 +3790,93 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="1A7AA957" w14:textId="77777777" w:rsidR="00402564" w:rsidRPr="001730B9" w:rsidRDefault="00402564" w:rsidP="00A82426">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="56EFC49C" w14:textId="78C436E3" w:rsidR="00611A2C" w:rsidRPr="001730B9" w:rsidRDefault="00611A2C" w:rsidP="00A82426">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001730B9">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">The PhD </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>PhD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>programmes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
@@ -3512,73 +3986,117 @@
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>transferrable</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>specific</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to the </w:t>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>area</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
@@ -3600,51 +4118,73 @@
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>programme</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>consists</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
@@ -3666,51 +4206,73 @@
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>compulsory</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>optional</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
@@ -3986,51 +4548,73 @@
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DBC140E" w14:textId="20117E5A" w:rsidR="0056389D" w:rsidRPr="001730B9" w:rsidRDefault="00611A2C" w:rsidP="00A82426">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">All the </w:t>
+        <w:t xml:space="preserve">All </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001730B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Information</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001730B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001730B9">
@@ -4566,213 +5150,247 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00272032" w:rsidRPr="00062E79">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00272032" w:rsidRPr="00062E79">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00611A2C" w:rsidRPr="00062E79">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">the </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00611A2C" w:rsidRPr="00062E79">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>activities</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00611A2C" w:rsidRPr="00062E79">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>activities</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00611A2C" w:rsidRPr="00062E79">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>you</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00611A2C" w:rsidRPr="00062E79">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>you</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00611A2C" w:rsidRPr="00062E79">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>plan</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00611A2C" w:rsidRPr="00062E79">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>plan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00611A2C" w:rsidRPr="00062E79">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>carry</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00611A2C" w:rsidRPr="00062E79">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>carry</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00611A2C" w:rsidRPr="00062E79">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>out</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00611A2C" w:rsidRPr="00062E79">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>out</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00611A2C" w:rsidRPr="00062E79">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>during</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00611A2C" w:rsidRPr="00062E79">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>during</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00611A2C" w:rsidRPr="00062E79">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>your</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00611A2C" w:rsidRPr="00062E79">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> PhD </w:t>
+        <w:t>your</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00611A2C" w:rsidRPr="00062E79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00611A2C" w:rsidRPr="00062E79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PhD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00611A2C" w:rsidRPr="00062E79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00611A2C" w:rsidRPr="00062E79">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>studies</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00611A2C" w:rsidRPr="00062E79">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F7187E5" w14:textId="77777777" w:rsidR="00E16D18" w:rsidRPr="00062E79" w:rsidRDefault="00E16D18" w:rsidP="00E16D18">
@@ -5004,51 +5622,71 @@
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00062E79">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>name</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00062E79">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> and </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00062E79">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00062E79">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00062E79">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>surname</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00062E79">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="30CFCD83" w14:textId="77777777" w:rsidR="001730B9" w:rsidRPr="00062E79" w:rsidRDefault="001730B9" w:rsidP="00AE5C07">
             <w:pPr>
               <w:pStyle w:val="Subttol"/>
@@ -9155,51 +9793,73 @@
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00062E79">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Signature</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00062E79">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of the </w:t>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00062E79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00062E79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00062E79">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>thesis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00062E79">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> supervisor/s:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09FC59BB" w14:textId="77777777" w:rsidR="00452F32" w:rsidRPr="00062E79" w:rsidRDefault="00452F32" w:rsidP="00A82426">
@@ -9391,52 +10051,52 @@
         <w:t>XXXXX</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="623155CE" w14:textId="77777777" w:rsidR="00F92B4E" w:rsidRPr="008F3CD5" w:rsidRDefault="00F92B4E" w:rsidP="00DC41B9">
       <w:pPr>
         <w:pStyle w:val="Sagniadetextindependent"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Taulaambquadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="264"/>
-        <w:gridCol w:w="8740"/>
+        <w:gridCol w:w="485"/>
+        <w:gridCol w:w="8519"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DC41B9" w:rsidRPr="00EE562F" w14:paraId="27687CFC" w14:textId="77777777" w:rsidTr="00DC3933">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9004" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="09516EAA" w14:textId="77777777" w:rsidR="00DC41B9" w:rsidRDefault="00DC41B9" w:rsidP="00AE5C07">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE562F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
               </w:rPr>
               <w:t xml:space="preserve">Vista la sol·licitud d’avaluació i aprovació del PLA DE </w:t>
             </w:r>
             <w:r w:rsidR="00DC3933">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
               </w:rPr>
@@ -9619,62 +10279,68 @@
               <w:t>, the Academic Committee of the PhD programme, at its meeting on______________ has decided: </w:t>
             </w:r>
             <w:r w:rsidRPr="007E1D63">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DC41B9" w:rsidRPr="00EE562F" w14:paraId="761357C1" w14:textId="77777777" w:rsidTr="00DC3933">
         <w:trPr>
           <w:trHeight w:val="254"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6E8F8485" w14:textId="77777777" w:rsidR="00DC41B9" w:rsidRPr="00EE562F" w:rsidRDefault="00DC41B9" w:rsidP="00AE5C07">
+          <w:p w14:paraId="6E8F8485" w14:textId="014776CE" w:rsidR="00DC41B9" w:rsidRPr="0003536B" w:rsidRDefault="0003536B" w:rsidP="0003536B">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
-                <w:b w:val="0"/>
-                <w:bCs/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk156821786"/>
+            <w:r w:rsidRPr="0003536B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>XX</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8740" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="25457E84" w14:textId="58D4A706" w:rsidR="00DC41B9" w:rsidRPr="009D539B" w:rsidRDefault="00DC41B9" w:rsidP="006A00FE">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE562F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Aprovar </w:t>
@@ -9703,82 +10369,101 @@
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Aprobar</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="006A00FE" w:rsidRPr="007A1399">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006A00FE" w:rsidRPr="007A1399">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
               </w:rPr>
               <w:t xml:space="preserve">el PLAN DE </w:t>
             </w:r>
             <w:r w:rsidR="006A00FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
               </w:rPr>
               <w:t xml:space="preserve">FORMACIÓN // </w:t>
             </w:r>
-            <w:r w:rsidR="009D539B" w:rsidRPr="009D539B">
-[...6 lines deleted...]
-            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="009D539B" w:rsidRPr="009D539B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:bCs/>
                 <w:lang w:val="es-ES" w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>approve</w:t>
+              <w:t>To</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="009D539B" w:rsidRPr="009D539B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:bCs/>
                 <w:lang w:val="es-ES" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="009D539B" w:rsidRPr="009D539B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:bCs/>
                 <w:lang w:val="es-ES" w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">the </w:t>
+              <w:t>approve</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="009D539B" w:rsidRPr="009D539B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:bCs/>
+                <w:lang w:val="es-ES" w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="009D539B" w:rsidRPr="009D539B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:lang w:val="es-ES" w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="009D539B" w:rsidRPr="009D539B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:lang w:val="es-ES" w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009D539B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>TRAINING</w:t>
             </w:r>
             <w:r w:rsidR="009D539B" w:rsidRPr="009D539B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> PLAN</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DC41B9" w:rsidRPr="00EE562F" w14:paraId="1C2ACF2D" w14:textId="77777777" w:rsidTr="00DC3933">
         <w:trPr>
           <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="dxa"/>
@@ -10222,51 +10907,83 @@
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00855546" w:rsidRPr="00855546">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00855546" w:rsidRPr="00855546">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00855546" w:rsidRPr="00855546">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> the Programme </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00855546" w:rsidRPr="00855546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:lang w:val="es-ES" w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00855546" w:rsidRPr="00855546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:lang w:val="es-ES" w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00855546" w:rsidRPr="00855546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:lang w:val="es-ES" w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Programme</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00855546" w:rsidRPr="00855546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
+                <w:lang w:val="es-ES" w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00855546" w:rsidRPr="00855546">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Coordinator</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00855546" w:rsidRPr="00855546">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Segoe UI"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="es-ES" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3C1F400C" w14:textId="38913F1A" w:rsidR="00DC41B9" w:rsidRPr="00855546" w:rsidRDefault="00DC41B9" w:rsidP="00AE5C07">
             <w:pPr>
               <w:pStyle w:val="Sagniadetextindependent"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -10375,65 +11092,65 @@
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006E7F49" w:rsidRPr="00CC7F49" w:rsidSect="00DF0D25">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1474" w:header="227" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="34E869F9" w14:textId="77777777" w:rsidR="00BE5F17" w:rsidRDefault="00BE5F17" w:rsidP="00E762AC">
+    <w:p w14:paraId="761897EF" w14:textId="77777777" w:rsidR="00B56B3D" w:rsidRDefault="00B56B3D" w:rsidP="00E762AC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="64B2721C" w14:textId="77777777" w:rsidR="00BE5F17" w:rsidRDefault="00BE5F17" w:rsidP="00E762AC">
+    <w:p w14:paraId="4368A800" w14:textId="77777777" w:rsidR="00B56B3D" w:rsidRDefault="00B56B3D" w:rsidP="00E762AC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="552C58AC" w14:textId="77777777" w:rsidR="00BE5F17" w:rsidRDefault="00BE5F17"/>
+    <w:p w14:paraId="5DB54422" w14:textId="77777777" w:rsidR="00B56B3D" w:rsidRDefault="00B56B3D"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -10487,65 +11204,65 @@
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4E10C87F" w14:textId="77777777" w:rsidR="00BE5F17" w:rsidRDefault="00BE5F17" w:rsidP="00E762AC">
+    <w:p w14:paraId="4C176FC4" w14:textId="77777777" w:rsidR="00B56B3D" w:rsidRDefault="00B56B3D" w:rsidP="00E762AC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1783932F" w14:textId="77777777" w:rsidR="00BE5F17" w:rsidRDefault="00BE5F17" w:rsidP="00E762AC">
+    <w:p w14:paraId="1A1D54B5" w14:textId="77777777" w:rsidR="00B56B3D" w:rsidRDefault="00B56B3D" w:rsidP="00E762AC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2A79344E" w14:textId="77777777" w:rsidR="00BE5F17" w:rsidRDefault="00BE5F17"/>
+    <w:p w14:paraId="350A0E32" w14:textId="77777777" w:rsidR="00B56B3D" w:rsidRDefault="00B56B3D"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="37C8399A" w14:textId="1A23F434" w:rsidR="00706C44" w:rsidRDefault="00706C44">
     <w:pPr>
       <w:pStyle w:val="Capalera"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="705C3C97" wp14:editId="1D8D548F">
           <wp:extent cx="1187412" cy="461477"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="843074179" name="Imatge 1" descr="Imatge que conté text, Font, logotip, Gràfics&#10;&#10;Descripció generada automàticament"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -11377,99 +12094,99 @@
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="417672915">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1816485329">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1108354723">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="354306448">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="859128245">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1339232773">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="160"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0039772D"/>
     <w:rsid w:val="00000B1D"/>
     <w:rsid w:val="00002BDE"/>
     <w:rsid w:val="00002CF6"/>
     <w:rsid w:val="00005696"/>
     <w:rsid w:val="00005AC8"/>
     <w:rsid w:val="00007505"/>
-    <w:rsid w:val="00007D59"/>
     <w:rsid w:val="00012ADC"/>
     <w:rsid w:val="00013B91"/>
     <w:rsid w:val="00014682"/>
     <w:rsid w:val="00015060"/>
     <w:rsid w:val="000155DB"/>
     <w:rsid w:val="00016BD3"/>
     <w:rsid w:val="000277BC"/>
     <w:rsid w:val="00027DB6"/>
     <w:rsid w:val="000309CE"/>
     <w:rsid w:val="00031092"/>
     <w:rsid w:val="000324FF"/>
     <w:rsid w:val="000326D6"/>
     <w:rsid w:val="000337BE"/>
+    <w:rsid w:val="0003536B"/>
     <w:rsid w:val="00035A77"/>
     <w:rsid w:val="0003629C"/>
     <w:rsid w:val="00041824"/>
     <w:rsid w:val="00041ADE"/>
     <w:rsid w:val="00042BEA"/>
     <w:rsid w:val="00044B98"/>
     <w:rsid w:val="00047B19"/>
     <w:rsid w:val="00053968"/>
     <w:rsid w:val="000559F5"/>
     <w:rsid w:val="00062E79"/>
     <w:rsid w:val="00063B1A"/>
     <w:rsid w:val="00064194"/>
     <w:rsid w:val="0006624A"/>
     <w:rsid w:val="00067F6F"/>
     <w:rsid w:val="00067FF0"/>
     <w:rsid w:val="00070790"/>
     <w:rsid w:val="000727AF"/>
     <w:rsid w:val="000748C9"/>
     <w:rsid w:val="000759D1"/>
     <w:rsid w:val="00075DDB"/>
     <w:rsid w:val="00083FCE"/>
     <w:rsid w:val="00091BE3"/>
     <w:rsid w:val="00092C05"/>
     <w:rsid w:val="00093659"/>
     <w:rsid w:val="000974B1"/>
@@ -11519,51 +12236,50 @@
     <w:rsid w:val="00162244"/>
     <w:rsid w:val="001730B9"/>
     <w:rsid w:val="00173550"/>
     <w:rsid w:val="00174FE4"/>
     <w:rsid w:val="00181239"/>
     <w:rsid w:val="00181336"/>
     <w:rsid w:val="00181ED4"/>
     <w:rsid w:val="00183004"/>
     <w:rsid w:val="0018585A"/>
     <w:rsid w:val="00190C1E"/>
     <w:rsid w:val="0019465D"/>
     <w:rsid w:val="001A4462"/>
     <w:rsid w:val="001B1F1E"/>
     <w:rsid w:val="001B2D5B"/>
     <w:rsid w:val="001B52E6"/>
     <w:rsid w:val="001C0979"/>
     <w:rsid w:val="001C2637"/>
     <w:rsid w:val="001C2729"/>
     <w:rsid w:val="001C65E3"/>
     <w:rsid w:val="001D06E7"/>
     <w:rsid w:val="001D3D63"/>
     <w:rsid w:val="001D507B"/>
     <w:rsid w:val="001D563F"/>
     <w:rsid w:val="001D72D8"/>
     <w:rsid w:val="001E222C"/>
-    <w:rsid w:val="001F1B5F"/>
     <w:rsid w:val="001F2A4B"/>
     <w:rsid w:val="001F7A99"/>
     <w:rsid w:val="00202263"/>
     <w:rsid w:val="00202747"/>
     <w:rsid w:val="0020303D"/>
     <w:rsid w:val="0020769C"/>
     <w:rsid w:val="00210F55"/>
     <w:rsid w:val="002232C1"/>
     <w:rsid w:val="002238B2"/>
     <w:rsid w:val="002254D1"/>
     <w:rsid w:val="00230B61"/>
     <w:rsid w:val="002324D0"/>
     <w:rsid w:val="00233AB4"/>
     <w:rsid w:val="00242DBA"/>
     <w:rsid w:val="002501BD"/>
     <w:rsid w:val="002502DE"/>
     <w:rsid w:val="00260B18"/>
     <w:rsid w:val="00263ABF"/>
     <w:rsid w:val="002657C8"/>
     <w:rsid w:val="00267247"/>
     <w:rsid w:val="00272032"/>
     <w:rsid w:val="002736A5"/>
     <w:rsid w:val="00275B8D"/>
     <w:rsid w:val="00280E04"/>
     <w:rsid w:val="002817AE"/>
@@ -12039,50 +12755,51 @@
     <w:rsid w:val="00AE1B42"/>
     <w:rsid w:val="00AE2933"/>
     <w:rsid w:val="00AE5D5D"/>
     <w:rsid w:val="00AE708A"/>
     <w:rsid w:val="00AF2062"/>
     <w:rsid w:val="00AF2BEF"/>
     <w:rsid w:val="00AF4EDF"/>
     <w:rsid w:val="00AF5C53"/>
     <w:rsid w:val="00B00150"/>
     <w:rsid w:val="00B01A97"/>
     <w:rsid w:val="00B07D9F"/>
     <w:rsid w:val="00B12D4C"/>
     <w:rsid w:val="00B241BF"/>
     <w:rsid w:val="00B247B0"/>
     <w:rsid w:val="00B24882"/>
     <w:rsid w:val="00B26E7B"/>
     <w:rsid w:val="00B30C64"/>
     <w:rsid w:val="00B3229D"/>
     <w:rsid w:val="00B32DA0"/>
     <w:rsid w:val="00B42287"/>
     <w:rsid w:val="00B42BF2"/>
     <w:rsid w:val="00B44736"/>
     <w:rsid w:val="00B44899"/>
     <w:rsid w:val="00B46EBD"/>
     <w:rsid w:val="00B5390D"/>
+    <w:rsid w:val="00B56B3D"/>
     <w:rsid w:val="00B61EE3"/>
     <w:rsid w:val="00B62047"/>
     <w:rsid w:val="00B7086A"/>
     <w:rsid w:val="00B75606"/>
     <w:rsid w:val="00B77743"/>
     <w:rsid w:val="00B868C1"/>
     <w:rsid w:val="00B9011D"/>
     <w:rsid w:val="00BA3E39"/>
     <w:rsid w:val="00BA5C40"/>
     <w:rsid w:val="00BA6EDB"/>
     <w:rsid w:val="00BA75AB"/>
     <w:rsid w:val="00BA7A53"/>
     <w:rsid w:val="00BB060E"/>
     <w:rsid w:val="00BB1EF8"/>
     <w:rsid w:val="00BB6AF4"/>
     <w:rsid w:val="00BC07F7"/>
     <w:rsid w:val="00BC208A"/>
     <w:rsid w:val="00BC4E71"/>
     <w:rsid w:val="00BD2518"/>
     <w:rsid w:val="00BD4023"/>
     <w:rsid w:val="00BD5985"/>
     <w:rsid w:val="00BD7690"/>
     <w:rsid w:val="00BD7D18"/>
     <w:rsid w:val="00BE0A6C"/>
     <w:rsid w:val="00BE16B4"/>
@@ -12111,50 +12828,51 @@
     <w:rsid w:val="00C50EAA"/>
     <w:rsid w:val="00C52041"/>
     <w:rsid w:val="00C52816"/>
     <w:rsid w:val="00C53031"/>
     <w:rsid w:val="00C564EB"/>
     <w:rsid w:val="00C62D94"/>
     <w:rsid w:val="00C63669"/>
     <w:rsid w:val="00C70E58"/>
     <w:rsid w:val="00C737DA"/>
     <w:rsid w:val="00C75E76"/>
     <w:rsid w:val="00C764C7"/>
     <w:rsid w:val="00C819AA"/>
     <w:rsid w:val="00C906E2"/>
     <w:rsid w:val="00C92BE7"/>
     <w:rsid w:val="00C93E57"/>
     <w:rsid w:val="00C955BB"/>
     <w:rsid w:val="00C965DC"/>
     <w:rsid w:val="00C966E3"/>
     <w:rsid w:val="00CA347A"/>
     <w:rsid w:val="00CA3CD0"/>
     <w:rsid w:val="00CA418B"/>
     <w:rsid w:val="00CA5905"/>
     <w:rsid w:val="00CB1733"/>
     <w:rsid w:val="00CB6485"/>
     <w:rsid w:val="00CC0E8A"/>
+    <w:rsid w:val="00CC2B79"/>
     <w:rsid w:val="00CC3768"/>
     <w:rsid w:val="00CC44A1"/>
     <w:rsid w:val="00CC48FC"/>
     <w:rsid w:val="00CC7812"/>
     <w:rsid w:val="00CC7F49"/>
     <w:rsid w:val="00CD1C4F"/>
     <w:rsid w:val="00CD26CA"/>
     <w:rsid w:val="00CD3E5D"/>
     <w:rsid w:val="00CE03D0"/>
     <w:rsid w:val="00CF05B2"/>
     <w:rsid w:val="00CF1E94"/>
     <w:rsid w:val="00D01555"/>
     <w:rsid w:val="00D01577"/>
     <w:rsid w:val="00D02D3A"/>
     <w:rsid w:val="00D05F5D"/>
     <w:rsid w:val="00D07718"/>
     <w:rsid w:val="00D11C02"/>
     <w:rsid w:val="00D12218"/>
     <w:rsid w:val="00D124CD"/>
     <w:rsid w:val="00D1274B"/>
     <w:rsid w:val="00D13B6C"/>
     <w:rsid w:val="00D1582C"/>
     <w:rsid w:val="00D16BDC"/>
     <w:rsid w:val="00D2330C"/>
     <w:rsid w:val="00D24A2D"/>
@@ -13594,60 +14312,60 @@
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4A087FAB-5526-4BB7-AB24-7D8EDCA0FF57}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CA89A876-527B-4106-B711-133E8B5D39F6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>997</Words>
-  <Characters>6085</Characters>
+  <Words>1057</Words>
+  <Characters>6027</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
+  <DocSecurity>0</DocSecurity>
   <Lines>50</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>UAB</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7068</CharactersWithSpaces>
+  <CharactersWithSpaces>7070</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Informació sobre els tribunals de Treball de fi de Màter de Recerca en Educació:</dc:title>
   <dc:subject/>
   <dc:creator>Universitat Autònoma de Barcelona</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100CC9C26B9F455C94C8770785C07E8436C</vt:lpwstr>
   </property>