--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -114,95 +114,95 @@
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ISC</w:t>
             </w:r>
             <w:r w:rsidRPr="00E92674">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="08B92A87" w14:textId="481B4E22" w:rsidR="00DF45DE" w:rsidRPr="00E92674" w:rsidRDefault="00DF45DE" w:rsidP="006B624B">
+          <w:p w14:paraId="08B92A87" w14:textId="1E8E3005" w:rsidR="00DF45DE" w:rsidRPr="00E92674" w:rsidRDefault="00DF45DE" w:rsidP="006B624B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00F01CEB">
+            <w:r w:rsidR="001A1FC8">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>/2</w:t>
             </w:r>
-            <w:r w:rsidR="00F01CEB">
+            <w:r w:rsidR="001A1FC8">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="77C18132" w14:textId="1B0E3C57" w:rsidR="00F57079" w:rsidRPr="00E92674" w:rsidRDefault="00F57079" w:rsidP="006B624B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E92674">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
@@ -482,105 +482,105 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00427DCB" w:rsidRPr="00B86685">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Depenent de cada cas, </w:t>
       </w:r>
       <w:r w:rsidR="00427DCB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>l’apartat</w:t>
       </w:r>
       <w:r w:rsidR="00427DCB" w:rsidRPr="00B86685">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> 4 es pot considerar a escala de centre o de titulació.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="097F42D7" w14:textId="7A565DF4" w:rsidR="00F57079" w:rsidRPr="00E92674" w:rsidRDefault="00F57079" w:rsidP="00B57112">
+    <w:p w14:paraId="097F42D7" w14:textId="66ADF8C3" w:rsidR="00F57079" w:rsidRPr="00E92674" w:rsidRDefault="00F57079" w:rsidP="00B57112">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92674">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>Les dades a analitzar són les del curs 20</w:t>
       </w:r>
       <w:r w:rsidR="00D05E3F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00F01CEB">
-[...4 lines deleted...]
-        <w:t>3</w:t>
+      <w:r w:rsidR="001A1FC8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidRPr="00E92674">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00F01CEB">
-[...4 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="001A1FC8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00E92674">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> tot i que es pot fer un</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00E92674">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -1503,93 +1503,93 @@
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>INFORME DE SEGUIMENT DE CENTRE</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p w14:paraId="5047398F" w14:textId="77777777" w:rsidR="00E57D27" w:rsidRPr="00526AC6" w:rsidRDefault="00E57D27" w:rsidP="006B624B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>FACULTAT/ESCOLA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DDF21EA" w14:textId="30AA9266" w:rsidR="00DF45DE" w:rsidRDefault="00E57D27" w:rsidP="006B624B">
+    <w:p w14:paraId="4DDF21EA" w14:textId="53203AA4" w:rsidR="00DF45DE" w:rsidRDefault="00E57D27" w:rsidP="006B624B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00155934">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>Curs acadèmic 20</w:t>
       </w:r>
       <w:r w:rsidR="00DF45DE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00F01CEB">
-[...4 lines deleted...]
-        <w:t>3</w:t>
+      <w:r w:rsidR="001A1FC8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00DF45DE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>/2</w:t>
       </w:r>
-      <w:r w:rsidR="00F01CEB">
-[...4 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="001A1FC8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5778016F" w14:textId="745DC18E" w:rsidR="00E57D27" w:rsidRPr="00155934" w:rsidRDefault="00E57D27" w:rsidP="006B624B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A6ECEB2" w14:textId="77777777" w:rsidR="00E57D27" w:rsidRPr="00155934" w:rsidRDefault="00E57D27" w:rsidP="006B624B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="67FC681D" w14:textId="77777777" w:rsidR="00E57D27" w:rsidRPr="00155934" w:rsidRDefault="00E57D27" w:rsidP="006B624B">
       <w:pPr>
         <w:pStyle w:val="ANECATexto"/>
@@ -3921,51 +3921,51 @@
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <w:pict w14:anchorId="470672E6">
               <v:rect id="Rectangle 2" style="position:absolute;margin-left:-9.3pt;margin-top:7.55pt;width:444pt;height:211.6pt;z-index:-251587585;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="#5b9bd5 [3204]" strokecolor="#1f4d78 [1604]" strokeweight="1pt" w14:anchorId="06B150F6" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCLeEQaeAIAAG4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7azpEuDOkXQosOA&#10;oi3WDj2rslQLkEVNUuJkXz9Kcpyg7XYYdpEpkXwkn0meX2w7TTbCeQWmptVJSYkwHBplXmr64/H6&#10;05wSH5hpmAYjaroTnl4sP3447+1CTKAF3QhHEMT4RW9r2oZgF0XheSs65k/ACoNKCa5jAa/upWgc&#10;6xG908WkLE+LHlxjHXDhPb5eZSVdJnwpBQ93UnoRiK4p5hbS6dL5HM9iec4WL47ZVvEhDfYPWXRM&#10;GQw6Ql2xwMjaqTdQneIOPMhwwqErQErFRaoBq6nKV9U8tMyKVAuS4+1Ik/9/sPx282DvHdLQW7/w&#10;KMYqttJ18Yv5kW0iazeSJbaBcHycnX6ez0vklKNucjr/MptWkc7i4G6dD18FdCQKNXX4NxJJbHPj&#10;Qzbdm8RoHrRqrpXW6RI7QFxqRzYM/x3jXJhQZXdtW5afq7MSU8hQqWeiR8rhCKw4lJaksNMihtDm&#10;u5BENVjMJAGPCG9j+pY1Ij/PMOT7MRNgRJZYxIidk/4Ddk59sI+uIjXt6Fz+LbHsPHqkyGDC6Nwp&#10;A+49AI1MDpGzPVJ2RE0Un6HZ3TviII+Mt/xa4V+8YT7cM4czgn8e5z7c4SE19DWFQaKkBffrvfdo&#10;j62LWkp6nLma+p9r5gQl+pvBpj6rptM4pOkynX2Z4MUda56PNWbdXQK2RoUbxvIkRvug96J00D3h&#10;eljFqKhihmPsmvLg9pfLkHcBLhguVqtkhoNpWbgxD5ZH8Mhq7NLH7RNzdmjlgFNwC/v5ZItXHZ1t&#10;o6eB1TqAVKndD7wOfONQp2YdFlDcGsf3ZHVYk8vfAAAA//8DAFBLAwQUAAYACAAAACEAOBuCFuEA&#10;AAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+DQBCF7yb+h82YeCHtQhcJIktjjB5MvFiN7XEK&#10;U0DZWcJuW/z3ric9Tt6X974p17MZxIkm11vWkCxjEMS1bXpuNby/PS1yEM4jNzhYJg3f5GBdXV6U&#10;WDT2zK902vhWhBJ2BWrovB8LKV3dkUG3tCNxyA52MujDObWymfAcys0gV3GcSYM9h4UOR3roqP7a&#10;HI2GRxV97pSaD88vuI0oVauolR9aX1/N93cgPM3+D4Zf/aAOVXDa2yM3TgwaFkmeBTQENwmIAOTZ&#10;bQpiryFVuQJZlfL/C9UPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIt4RBp4AgAAbgUA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADgbghbhAAAA&#10;CgEAAA8AAAAAAAAAAAAAAAAA0gQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADgBQAA&#10;AAA=&#10;">
                 <v:fill opacity="12336f"/>
                 <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="0309A7C5" w14:textId="2412D120" w:rsidR="00186559" w:rsidRPr="000958E4" w:rsidRDefault="00186559" w:rsidP="006B624B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000958E4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="FF0000"/>
@@ -9303,51 +9303,51 @@
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <w:pict w14:anchorId="5F2E2084">
               <v:shape id="Estrella de 5 puntas 22" style="position:absolute;margin-left:-2pt;margin-top:10.35pt;width:20pt;height:20pt;z-index:251738112;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" coordsize="254000,254000" o:spid="_x0000_s1026" fillcolor="#c00000" strokecolor="#c00000" strokeweight="1pt" path="m,97019r97020,1l127000,r29980,97020l254000,97019r-78491,59961l205490,253999,127000,194037,48510,253999,78491,156980,,97019xe" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB2TrewlgIAALsFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+0EyR5BnSJI12FA&#10;0RZth54VWYoNyKJGKXGyXz9KfjTrih2KXWTRJD+Sn0ieXxwaw/YKfQ224JOznDNlJZS13Rb8x+PV&#10;h8+c+SBsKQxYVfCj8vxi+f7deesWagoVmFIhIxDrF60reBWCW2SZl5VqhD8DpywpNWAjAom4zUoU&#10;LaE3Jpvm+cesBSwdglTe09/LTsmXCV9rJcOt1l4FZgpOuYV0Yjo38cyW52KxReGqWvZpiDdk0Yja&#10;UtAR6lIEwXZY/wXV1BLBgw5nEpoMtK6lSjVQNZP8RTUPlXAq1ULkeDfS5P8frLzZ3yGry4JPp5xZ&#10;0dAbffUBlTGClYrNmdvZIDwjNXHVOr8glwd3h73k6RoLP2hs4pdKYofE73HkVx0Ck/RzOp/lOb2C&#10;JFV/J5Ts2dmhD98UNCxeCk6Ng/NEq9hf+9DZDjYxmAdTl1e1MUnA7WZtkO0FvfWaAlGozuUPM2Pf&#10;5klpRtcsUtAVnW7haFQENPZeaSIylplSTi2sxoSElMqGSaeqBFGb8pyfphmbPnokThJgRNZU34jd&#10;AwyWHciA3VXb20dXlSZgdM7/lVjnPHqkyGDD6NzUFvA1AENV9ZE7+4GkjprI0gbKI7UZQjd/3smr&#10;ml74WvhwJ5AGjpqClki4pUMbaAsO/Y2zCvDXa/+jPc0BaTlraYCpXX7uBCrOzHdLE/JlMpvFiU/C&#10;bP5pSgKeajanGrtr1kB9M6F15WS6RvtghqtGaJ5o16xiVFIJKyl2wWXAQViHbrHQtpJqtUpmNOVO&#10;hGv74GQEj6zGBn48PAl0fZsHmo8bGIZdLF40e2cbPS2sdgF0nSbhmdeeb9oQqXH6bRZX0KmcrJ53&#10;7vI3AAAA//8DAFBLAwQUAAYACAAAACEA3AiINtsAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;QU7DMBBF90jcwRokdq1DCwFCJhWqVAELFg0cYBKbJCIep7HThtszrOjy6Y/+f5NvZterox1D5xnh&#10;ZpmAslx703GD8PmxWzyACpHYUO/ZIvzYAJvi8iKnzPgT7+2xjI2SEg4ZIbQxDpnWoW6to7D0g2XJ&#10;vvzoKAqOjTYjnaTc9XqVJKl21LEstDTYbWvr73JyCMnLujKHu/122pX+8GZe3ynSI+L11fz8BCra&#10;Of4fw5++qEMhTpWf2ATVIyxu5ZWIsEruQUm+ToUrhFRYF7k+9y9+AQAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAHZOt7CWAgAAuwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhANwIiDbbAAAABwEAAA8AAAAAAAAAAAAAAAAA8AQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAD4BQAAAAA=&#10;" w14:anchorId="044E4849">
                 <v:stroke joinstyle="miter"/>
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,97019;97020,97020;127000,0;156980,97020;254000,97019;175509,156980;205490,253999;127000,194037;48510,253999;78491,156980;0,97019" o:connectangles="0,0,0,0,0,0,0,0,0,0,0"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00D3568C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F26D311" w14:textId="38164154" w:rsidR="00A8787B" w:rsidRPr="00145577" w:rsidRDefault="0072787D" w:rsidP="006B624B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
@@ -9696,51 +9696,51 @@
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <w:pict w14:anchorId="05C3B414">
               <v:rect id="Rectangle 3" style="position:absolute;margin-left:-9.3pt;margin-top:14.05pt;width:450.75pt;height:228.75pt;z-index:-251571200;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="#5b9bd5 [3204]" strokecolor="#1f4d78 [1604]" strokeweight="1pt" w14:anchorId="33F89106" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCqs4PSdQIAAG4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+0EybYGdYqgRYcB&#10;RVusHXpWZakWIIsapcTJfv0o2XGCfuww7CKLIvlIPpM8O9+2lm0UBgOu4pOTkjPlJNTGPVf858PV&#10;p6+chShcLSw4VfGdCvx8+fHDWecXagoN2FohIxAXFp2veBOjXxRFkI1qRTgBrxwpNWArIon4XNQo&#10;OkJvbTEty89FB1h7BKlCoNfLXsmXGV9rJeOt1kFFZitOucV8Yj6f0lksz8TiGYVvjBzSEP+QRSuM&#10;o6Aj1KWIgq3RvIJqjUQIoOOJhLYArY1UuQaqZlK+qOa+EV7lWoic4Eeawv+DlTebe3+HREPnwyLQ&#10;NVWx1dimL+XHtpms3UiW2kYm6XH+ZTqbT+ecSdJNT8v5hATCKQ7uHkP8pqBl6VJxpL+RSRKb6xB7&#10;071JihbAmvrKWJuF1AHqwiLbCPp3Qkrl4qR3t74R/TO1QJl/IkXNPZM8cg5HYMWhtHyLO6tSCOt+&#10;KM1MTcVMM/CI8DpmaESt+uf5uzEzYELWVMSI3Sf9DnbPwmCfXFVu2tG5/FtivfPokSODi6Nzaxzg&#10;WwCWmBwi9/ZE2RE16foE9e4OGUI/MsHLK0N/8VqEeCeQZoSmieY+3tKhLXQVh+HGWQP4+633ZE+t&#10;S1rOOpq5iodfa4GKM/vdUVOfTmazNKRZmFGDkYDHmqdjjVu3F0CtMaEN42W+Jvto91eN0D7Selil&#10;qKQSTlLsisuIe+Ei9ruAFoxUq1U2o8H0Il67ey8TeGI1denD9lGgH1o50hTcwH4+xeJFR/e2ydPB&#10;ah1Bm9zuB14Hvmmoc7MOCyhtjWM5Wx3W5PIPAAAA//8DAFBLAwQUAAYACAAAACEA827wU+EAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI7FonASI3ZFIhBGKBQCKFdjuNTRLF&#10;jyh228DXY1awHN2je8+U69lodlST751FSJcJMGUbJ3vbIrxvHhcCmA9kJWlnFcKX8rCuzs9KKqQ7&#10;2Td1rEPLYon1BSF0IYwF577plCG/dKOyMft0k6EQz6nlcqJTLDeaZ0mSc0O9jQsdjeq+U81QHwzC&#10;6B9ed/Shty/fm2GmutkNV89PiJcX890tsKDm8AfDr35Uhyo67d3BSs80wiIVeUQRMpECi4AQ2QrY&#10;HuFa3OTAq5L/f6H6AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKqzg9J1AgAAbgUAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPNu8FPhAAAACgEA&#10;AA8AAAAAAAAAAAAAAAAAzwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADdBQAAAAA=&#10;">
                 <v:fill opacity="13107f"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="038BD852" w14:textId="159F0B4D" w:rsidR="00501732" w:rsidRPr="00501732" w:rsidRDefault="00501732" w:rsidP="006B624B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
@@ -11621,51 +11621,51 @@
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <w:pict w14:anchorId="5B0545D3">
               <v:rect id="Rectangle 4" style="position:absolute;margin-left:-8.65pt;margin-top:13.85pt;width:440.65pt;height:70.1pt;z-index:251749376;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="#5b9bd5 [3204]" strokecolor="#1f4d78 [1604]" strokeweight="1pt" w14:anchorId="7F063BAA" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCZHQ3ojgIAAJMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r3aCuGuCOkXQosOA&#10;oi3aDj2rshQbkERNUuJkXz9Kctyg7XYYdpFJkXwUn0meX+y0IlvhfAemppOTkhJhODSdWdf0x9P1&#10;lzNKfGCmYQqMqOleeHqx/PzpvLcLMYUWVCMcQRDjF72taRuCXRSF563QzJ+AFQaNEpxmAVW3LhrH&#10;ekTXqpiW5WnRg2usAy68x9urbKTLhC+l4OFOSi8CUTXFt4V0unS+xLNYnrPF2jHbdnx4BvuHV2jW&#10;GUw6Ql2xwMjGde+gdMcdeJDhhIMuQMqOi1QDVjMp31Tz2DIrUi1IjrcjTf7/wfLb7b0jXVPTGSWG&#10;afxFD0gaM2slyCzS01u/QK9He+8GzaMYa91Jp+MXqyC7ROl+pFTsAuF4WVXz02lVUcLRdjYvq9lp&#10;BC1eo63z4ZsATaJQU4fZE5Nse+NDdj24xGQeVNdcd0olJbaJuFSObBn+YMa5MGGSw5VtWb6enJVl&#10;+tOYNTVWjEhvOAIrYp25siSFvRIxhTIPQiJBWMs0AY8I73P6ljUiX1eY8uOcCTAiSyxixM6P/gN2&#10;ZmHwj6EidfYYXP7tYTl4jEiZwYQxWHcG3EcACpkcMmd/pOyImii+QLPH9nGQ58pbft3hX7xhPtwz&#10;h4OEI4fLIdzhIRX0NYVBoqQF9+uj++iP/Y1WSnoczJr6nxvmBCXqu8HOn09mszjJSZlVX6eouGPL&#10;y7HFbPQlYGtMcA1ZnsToH9RBlA70M+6QVcyKJmY45q4pD+6gXIa8MHALcbFaJTecXsvCjXm0PIJH&#10;VmOXPu2embNDKwccgls4DDFbvOno7BsjDaw2AWSX2v2V14FvnPzUrMOWiqvlWE9er7t0+RsAAP//&#10;AwBQSwMEFAAGAAgAAAAhAE0LoVreAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMjzFPwzAQhXck&#10;/oN1SGyt0wYlJY1ToUgs3VoYYHPjaxI1Pke2mwZ+PccE4+k+vfe9cjfbQUzoQ+9IwWqZgEBqnOmp&#10;VfD+9rrYgAhRk9GDI1TwhQF21f1dqQvjbnTA6RhbwSEUCq2gi3EspAxNh1aHpRuR+Hd23urIp2+l&#10;8frG4XaQ6yTJpNU9cUOnR6w7bC7Hq+WSw3zZJ/vUf8b647uWIR2ziZR6fJhftiAizvEPhl99VoeK&#10;nU7uSiaIQcFilaeMKljnOQgGNtkTjzsxmeXPIKtS/p9Q/QAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQCZHQ3ojgIAAJMFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQBNC6Fa3gAAAAoBAAAPAAAAAAAAAAAAAAAAAOgEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAA8wUAAAAA&#10;">
                 <v:fill opacity="11822f"/>
                 <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C9C08F6" w14:textId="24A65015" w:rsidR="00B32DEC" w:rsidRDefault="00B32DEC" w:rsidP="006B624B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">Per a la valoració d’aquest estàndard s’ha d’analitzar els documents </w:t>
@@ -13216,51 +13216,51 @@
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <w:pict w14:anchorId="235B71AF">
               <v:shape id="Estrella de 5 puntas 22" style="position:absolute;margin-left:-2pt;margin-top:9.9pt;width:20pt;height:20pt;z-index:251742208;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" coordsize="254000,254000" o:spid="_x0000_s1026" fillcolor="#c00000" strokecolor="#c00000" strokeweight="1pt" path="m,97019r97020,1l127000,r29980,97020l254000,97019r-78491,59961l205490,253999,127000,194037,48510,253999,78491,156980,,97019xe" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBn14G4lQIAALsFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+0EyR5BnSJI12FA&#10;0RZth54VWYoNyKJGKXGyXz9KfjTrih2KXWRKJD+Sn0meXxwaw/YKfQ224JOznDNlJZS13Rb8x+PV&#10;h8+c+SBsKQxYVfCj8vxi+f7deesWagoVmFIhIxDrF60reBWCW2SZl5VqhD8DpywpNWAjAl1xm5Uo&#10;WkJvTDbN849ZC1g6BKm8p9fLTsmXCV9rJcOt1l4FZgpOuYV0Yjo38cyW52KxReGqWvZpiDdk0Yja&#10;UtAR6lIEwXZY/wXV1BLBgw5nEpoMtK6lSjVQNZP8RTUPlXAq1ULkeDfS5P8frLzZ3yGry4JPiR4r&#10;GvpHX31AZYxgpWJz5nY2CM+m08hV6/yCXB7cHfY3T2Is/KCxiV8qiR0Sv8eRX3UITNLjdD7Lcwoj&#10;SdXLhJI9Ozv04ZuChkWh4NQ4OE+0iv21D53tYBODeTB1eVUbky643awNsr2gf72mQBSqc/nDzNi3&#10;eVKa0TWLFHRFJykcjYqAxt4rTUTGMlPKqYXVmJCQUtkw6VSVIGpTnvPTNGPTR4/ESQKMyJrqG7F7&#10;gMGyAxmwu2p7++iq0gSMzvm/EuucR48UGWwYnZvaAr4GYKiqPnJnP5DUURNZ2kB5pDZD6ObPO3lV&#10;0x++Fj7cCaSBo6agJRJu6dAG2oJDL3FWAf567T3a0xyQlrOWBpja5edOoOLMfLc0IV8ms1mc+HSZ&#10;zT/F/sZTzeZUY3fNGqhvJrSunExitA9mEDVC80S7ZhWjkkpYSbELLgMOl3XoFgttK6lWq2RGU+5E&#10;uLYPTkbwyGps4MfDk0DXt3mg+biBYdjF4kWzd7bR08JqF0DXaRKeee35pg2RGqffZnEFnd6T1fPO&#10;Xf4GAAD//wMAUEsDBBQABgAIAAAAIQBgZwiA2wAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsMwEETvSPyDtUjcWgdKKxriVKhSBRw4NO0HbOIliYjXaey04e9ZTvQ4O6PZN9lmcp060xBazwYe&#10;5gko4srblmsDx8Nu9gwqRGSLnWcy8EMBNvntTYap9Rfe07mItZISDikaaGLsU61D1ZDDMPc9sXhf&#10;fnAYRQ61tgNepNx1+jFJVtphy/KhwZ62DVXfxegMJG+L0p6W++24K/zpw75/YsS1Mfd30+sLqEhT&#10;/A/DH76gQy5MpR/ZBtUZmD3JlCj3tSwQf7ESXRpYitZ5pq/5818AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAZ9eBuJUCAAC7BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAYGcIgNsAAAAHAQAADwAAAAAAAAAAAAAAAADvBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAPcFAAAAAA==&#10;" w14:anchorId="44271055">
                 <v:stroke joinstyle="miter"/>
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,97019;97020,97020;127000,0;156980,97020;254000,97019;175509,156980;205490,253999;127000,194037;48510,253999;78491,156980;0,97019" o:connectangles="0,0,0,0,0,0,0,0,0,0,0"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="5682B4BE" w14:textId="20B7FAD6" w:rsidR="00A8787B" w:rsidRDefault="005A19EC" w:rsidP="006B624B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
@@ -13640,51 +13640,51 @@
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <w:pict w14:anchorId="4FE44D8B">
               <v:rect id="Rectangle 5" style="position:absolute;margin-left:-5pt;margin-top:10.9pt;width:449.3pt;height:317.45pt;z-index:-251565056;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="#5b9bd5 [3204]" strokecolor="#1f4d78 [1604]" strokeweight="1pt" w14:anchorId="1EA97942" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBJa5IYeAIAAG4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFP2zAQfp+0/2D5fSQpBUZFiioQ0yQE&#10;FTDxbBybRHJ83tlt2v36nZ00rYDtYdpLcvbdfXf3+e4uLjetYWuFvgFb8uIo50xZCVVjX0v+4+nm&#10;y1fOfBC2EgasKvlWeX45//zponMzNYEaTKWQEYj1s86VvA7BzbLMy1q1wh+BU5aUGrAVgY74mlUo&#10;OkJvTTbJ89OsA6wcglTe0+11r+TzhK+1kuFea68CMyWn3EL6Yvq+xG82vxCzVxSubuSQhviHLFrR&#10;WAo6Ql2LINgKm3dQbSMRPOhwJKHNQOtGqlQDVVPkb6p5rIVTqRYix7uRJv//YOXd+tEtkWjonJ95&#10;EmMVG41t/FN+bJPI2o5kqU1gki5PzvLToiBOJemm+XFxXBSRzmzv7tCHbwpaFoWSI71GIkmsb33o&#10;TXcmMZoH01Q3jTHpEDtAXRlka0FvJ6RUNhS9u3G16K+L8zxPj0hRU89Ej5TDAVi2Ly1JYWtUDGHs&#10;g9KsqaiYSQIeEd7H9LWoVH99QiE/jpkAI7KmIkbsPuk/YPcsDPbRVaWmHZ3zvyXWO48eKTLYMDq3&#10;jQX8CMAQk0Pk3p4oO6Amii9QbZfIEPqR8U7eNPSKt8KHpUCaEXp5mvtwTx9toCs5DBJnNeCvj+6j&#10;PbUuaTnraOZK7n+uBCrOzHdLTX1eTKdxSNNhenI2oQMeal4ONXbVXgG1RkEbxskkRvtgdqJGaJ9p&#10;PSxiVFIJKyl2yWXA3eEq9LuAFoxUi0Uyo8F0ItzaRycjeGQ1dunT5lmgG1o50BTcwW4+xexNR/e2&#10;0dPCYhVAN6nd97wOfNNQp2YdFlDcGofnZLVfk/PfAAAA//8DAFBLAwQUAAYACAAAACEANZBiDOEA&#10;AAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVIbKLWeUCIQiYVQrBAYtOCWpZu&#10;PE0CsR3Fbhv+nmEFy9Fc3XtOtZrNIE40+d5ZhGQZgyDbON3bFuH97XlRgPBBWa0GZwnhmzys6suL&#10;SpXane2aTpvQCi6xvlQIXQhjKaVvOjLKL91Iln8HNxkV+JxaqSd15nIzyDSOc2lUb3mhUyM9dtR8&#10;bY4G4SmLPj+ybD68vKpdRDdZGrVyi3h9NT/cgwg0h78w/OIzOtTMtHdHq70YEBZJzC4BIU1YgQNF&#10;UeQg9gj5bX4Hsq7kf4X6BwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAElrkhh4AgAAbgUA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADWQYgzhAAAA&#10;CgEAAA8AAAAAAAAAAAAAAAAA0gQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADgBQAA&#10;AAA=&#10;">
                 <v:fill opacity="12336f"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="7335E386" w14:textId="7AD31CEF" w:rsidR="006B624B" w:rsidRPr="003C05F5" w:rsidRDefault="006B624B" w:rsidP="006B624B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C05F5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Indicadors</w:t>
@@ -15134,61 +15134,61 @@
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1DACDEF6" w14:textId="0BF23FD6" w:rsidR="009004F1" w:rsidRDefault="009004F1" w:rsidP="009004F1"/>
     <w:sectPr w:rsidR="009004F1" w:rsidSect="003F5992">
       <w:footerReference w:type="default" r:id="rId34"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1843" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="57A679DE" w14:textId="77777777" w:rsidR="00E074B5" w:rsidRDefault="00E074B5" w:rsidP="00A72955">
+    <w:p w14:paraId="32333697" w14:textId="77777777" w:rsidR="00700ADF" w:rsidRDefault="00700ADF" w:rsidP="00A72955">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="57B9C1E7" w14:textId="77777777" w:rsidR="00E074B5" w:rsidRDefault="00E074B5" w:rsidP="00A72955">
+    <w:p w14:paraId="3B9C8B79" w14:textId="77777777" w:rsidR="00700ADF" w:rsidRDefault="00700ADF" w:rsidP="00A72955">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -15226,72 +15226,71 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2DAD080C" w14:textId="77777777" w:rsidR="00B32AEA" w:rsidRPr="00EA13A3" w:rsidRDefault="00525F32" w:rsidP="00995861">
+  <w:p w14:paraId="2DAD080C" w14:textId="77777777" w:rsidR="00B32AEA" w:rsidRPr="00EA13A3" w:rsidRDefault="00000000" w:rsidP="00995861">
     <w:pPr>
       <w:pStyle w:val="Peu"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-339706283"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00B32AEA" w:rsidRPr="00EA13A3">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00B32AEA" w:rsidRPr="00EA13A3">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidR="00B32AEA" w:rsidRPr="00EA13A3">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00B32AEA">
           <w:rPr>
             <w:noProof/>
@@ -15299,61 +15298,61 @@
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00B32AEA" w:rsidRPr="00EA13A3">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="621A9205" w14:textId="77777777" w:rsidR="00B32AEA" w:rsidRDefault="00B32AEA">
     <w:pPr>
       <w:pStyle w:val="Peu"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1E861499" w14:textId="77777777" w:rsidR="00E074B5" w:rsidRDefault="00E074B5" w:rsidP="00A72955">
+    <w:p w14:paraId="369D3707" w14:textId="77777777" w:rsidR="00700ADF" w:rsidRDefault="00700ADF" w:rsidP="00A72955">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="21A839D9" w14:textId="77777777" w:rsidR="00E074B5" w:rsidRDefault="00E074B5" w:rsidP="00A72955">
+    <w:p w14:paraId="7C73D177" w14:textId="77777777" w:rsidR="00700ADF" w:rsidRDefault="00700ADF" w:rsidP="00A72955">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="029E1EB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="23FAAFDA"/>
     <w:lvl w:ilvl="0" w:tplc="04030015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -17085,50 +17084,51 @@
     <w:rsid w:val="000A6569"/>
     <w:rsid w:val="000B6FC1"/>
     <w:rsid w:val="000C2C35"/>
     <w:rsid w:val="000D38CF"/>
     <w:rsid w:val="000E1469"/>
     <w:rsid w:val="000E7AAC"/>
     <w:rsid w:val="000F13C2"/>
     <w:rsid w:val="000F2DCC"/>
     <w:rsid w:val="000F3661"/>
     <w:rsid w:val="000F6912"/>
     <w:rsid w:val="00111103"/>
     <w:rsid w:val="00124A9C"/>
     <w:rsid w:val="001255E4"/>
     <w:rsid w:val="001323B2"/>
     <w:rsid w:val="00142E80"/>
     <w:rsid w:val="00145577"/>
     <w:rsid w:val="001457DD"/>
     <w:rsid w:val="00152276"/>
     <w:rsid w:val="00155934"/>
     <w:rsid w:val="001657CA"/>
     <w:rsid w:val="00166D5F"/>
     <w:rsid w:val="00182C7C"/>
     <w:rsid w:val="00186085"/>
     <w:rsid w:val="00186559"/>
     <w:rsid w:val="00187B2B"/>
+    <w:rsid w:val="001A1FC8"/>
     <w:rsid w:val="001A4632"/>
     <w:rsid w:val="001A726A"/>
     <w:rsid w:val="001B6775"/>
     <w:rsid w:val="001C00FB"/>
     <w:rsid w:val="001C2D40"/>
     <w:rsid w:val="00201322"/>
     <w:rsid w:val="002016B1"/>
     <w:rsid w:val="00205DA1"/>
     <w:rsid w:val="00211B09"/>
     <w:rsid w:val="00213323"/>
     <w:rsid w:val="002166F9"/>
     <w:rsid w:val="00224597"/>
     <w:rsid w:val="00226885"/>
     <w:rsid w:val="002453F0"/>
     <w:rsid w:val="00252A0C"/>
     <w:rsid w:val="00252C70"/>
     <w:rsid w:val="00267D25"/>
     <w:rsid w:val="0029155C"/>
     <w:rsid w:val="002941E9"/>
     <w:rsid w:val="002B5C53"/>
     <w:rsid w:val="002C12D1"/>
     <w:rsid w:val="002D0DE5"/>
     <w:rsid w:val="002F149A"/>
     <w:rsid w:val="002F526A"/>
     <w:rsid w:val="0030040F"/>
@@ -17200,50 +17200,51 @@
     <w:rsid w:val="005B1D97"/>
     <w:rsid w:val="005B45AC"/>
     <w:rsid w:val="005D525D"/>
     <w:rsid w:val="005D7C5D"/>
     <w:rsid w:val="005F48CF"/>
     <w:rsid w:val="006019E2"/>
     <w:rsid w:val="0061632F"/>
     <w:rsid w:val="006178E9"/>
     <w:rsid w:val="00644499"/>
     <w:rsid w:val="00644CE5"/>
     <w:rsid w:val="006612AB"/>
     <w:rsid w:val="00672CE8"/>
     <w:rsid w:val="00674DA4"/>
     <w:rsid w:val="0069485C"/>
     <w:rsid w:val="006A6DD0"/>
     <w:rsid w:val="006B624B"/>
     <w:rsid w:val="006C4D86"/>
     <w:rsid w:val="006C5BB5"/>
     <w:rsid w:val="006D24F5"/>
     <w:rsid w:val="006D33A0"/>
     <w:rsid w:val="006D59D1"/>
     <w:rsid w:val="006E7898"/>
     <w:rsid w:val="006F0F24"/>
     <w:rsid w:val="006F39FE"/>
     <w:rsid w:val="006F5FC6"/>
+    <w:rsid w:val="00700ADF"/>
     <w:rsid w:val="00701346"/>
     <w:rsid w:val="00711755"/>
     <w:rsid w:val="00715D0E"/>
     <w:rsid w:val="0072225E"/>
     <w:rsid w:val="007251FF"/>
     <w:rsid w:val="0072787D"/>
     <w:rsid w:val="007452B2"/>
     <w:rsid w:val="00762C51"/>
     <w:rsid w:val="007715A5"/>
     <w:rsid w:val="00772FEB"/>
     <w:rsid w:val="00773476"/>
     <w:rsid w:val="00773495"/>
     <w:rsid w:val="00776DB1"/>
     <w:rsid w:val="00780F3E"/>
     <w:rsid w:val="00790849"/>
     <w:rsid w:val="00790E50"/>
     <w:rsid w:val="00796B0E"/>
     <w:rsid w:val="007A0551"/>
     <w:rsid w:val="007A6863"/>
     <w:rsid w:val="007A7FFE"/>
     <w:rsid w:val="007B210D"/>
     <w:rsid w:val="007B5301"/>
     <w:rsid w:val="007D1970"/>
     <w:rsid w:val="007E40E8"/>
     <w:rsid w:val="007E4788"/>
@@ -17332,50 +17333,51 @@
     <w:rsid w:val="00B25784"/>
     <w:rsid w:val="00B2760E"/>
     <w:rsid w:val="00B32AEA"/>
     <w:rsid w:val="00B32DEC"/>
     <w:rsid w:val="00B42CF3"/>
     <w:rsid w:val="00B46CAF"/>
     <w:rsid w:val="00B50663"/>
     <w:rsid w:val="00B538B8"/>
     <w:rsid w:val="00B54913"/>
     <w:rsid w:val="00B57112"/>
     <w:rsid w:val="00B61F2F"/>
     <w:rsid w:val="00B641EC"/>
     <w:rsid w:val="00B8026A"/>
     <w:rsid w:val="00B85AC3"/>
     <w:rsid w:val="00B924A8"/>
     <w:rsid w:val="00B92596"/>
     <w:rsid w:val="00B93E4F"/>
     <w:rsid w:val="00BB364F"/>
     <w:rsid w:val="00BB4A37"/>
     <w:rsid w:val="00BD48EF"/>
     <w:rsid w:val="00BD5AA8"/>
     <w:rsid w:val="00BE10C8"/>
     <w:rsid w:val="00BF30FE"/>
     <w:rsid w:val="00BF619C"/>
     <w:rsid w:val="00C0481C"/>
+    <w:rsid w:val="00C05FC2"/>
     <w:rsid w:val="00C06663"/>
     <w:rsid w:val="00C07425"/>
     <w:rsid w:val="00C1432B"/>
     <w:rsid w:val="00C156ED"/>
     <w:rsid w:val="00C1677E"/>
     <w:rsid w:val="00C17143"/>
     <w:rsid w:val="00C340B3"/>
     <w:rsid w:val="00C603AE"/>
     <w:rsid w:val="00C67A9C"/>
     <w:rsid w:val="00C72FD0"/>
     <w:rsid w:val="00C7316E"/>
     <w:rsid w:val="00C933A6"/>
     <w:rsid w:val="00C93C85"/>
     <w:rsid w:val="00C942B5"/>
     <w:rsid w:val="00C969AC"/>
     <w:rsid w:val="00CA6B35"/>
     <w:rsid w:val="00CB4076"/>
     <w:rsid w:val="00CB6C51"/>
     <w:rsid w:val="00CC1A9F"/>
     <w:rsid w:val="00CC3B22"/>
     <w:rsid w:val="00CC67BB"/>
     <w:rsid w:val="00CD7280"/>
     <w:rsid w:val="00CE48D4"/>
     <w:rsid w:val="00CE6879"/>
     <w:rsid w:val="00CF019B"/>
@@ -18611,54 +18613,54 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B03FA219-5AD0-4631-86D0-B67D4C0CA561}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>14</Pages>
-  <Words>3302</Words>
-  <Characters>18823</Characters>
+  <Words>3403</Words>
+  <Characters>18722</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
+  <DocSecurity>0</DocSecurity>
   <Lines>156</Lines>
   <Paragraphs>44</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Títol</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>UAB</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>22081</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>