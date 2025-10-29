--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -5,68 +5,68 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Taulaambquadrcula"/>
         <w:tblW w:w="9067" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9067"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A2281A" w:rsidRPr="00E92674" w14:paraId="55A1854C" w14:textId="77777777" w:rsidTr="3C39E57F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7" w:themeFill="accent2" w:themeFillTint="66"/>
           </w:tcPr>
-          <w:p w14:paraId="7E12AD58" w14:textId="65A6A83D" w:rsidR="00A2281A" w:rsidRPr="00E92674" w:rsidRDefault="00A2281A" w:rsidP="3C39E57F">
+          <w:p w14:paraId="7E12AD58" w14:textId="4E1466C0" w:rsidR="00A2281A" w:rsidRPr="00E92674" w:rsidRDefault="00A2281A" w:rsidP="3C39E57F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk57088914"/>
             <w:bookmarkStart w:id="1" w:name="_Hlk57089031"/>
             <w:r w:rsidRPr="3C39E57F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Indi</w:t>
             </w:r>
             <w:r w:rsidR="004920A7" w:rsidRPr="3C39E57F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
@@ -133,76 +133,76 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003F03D7" w:rsidRPr="3C39E57F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="006B3832" w:rsidRPr="3C39E57F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="004D679A">
+            <w:r w:rsidR="00B9170D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="006B3832" w:rsidRPr="3C39E57F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>/2</w:t>
             </w:r>
-            <w:r w:rsidR="004D679A">
+            <w:r w:rsidR="00B9170D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3B62BAB5" w14:textId="786834BA" w:rsidR="004920A7" w:rsidRPr="00E92674" w:rsidRDefault="004920A7" w:rsidP="00E92674">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E92674">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>A emplenar pe</w:t>
             </w:r>
             <w:r w:rsidR="00AC1695" w:rsidRPr="00E92674">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
@@ -473,127 +473,127 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B86685" w:rsidRPr="00B86685">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Depenent de cada cas, </w:t>
       </w:r>
       <w:r w:rsidR="00B86685">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>l’apartat</w:t>
       </w:r>
       <w:r w:rsidR="00B86685" w:rsidRPr="00B86685">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> 4 es pot considerar a escala de centre o de titulació.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="0E29469C" w14:textId="408B9E7D" w:rsidR="003F03D7" w:rsidRPr="00E92674" w:rsidRDefault="003F03D7" w:rsidP="00E92674">
+    <w:p w14:paraId="0E29469C" w14:textId="6B42B316" w:rsidR="003F03D7" w:rsidRPr="00E92674" w:rsidRDefault="003F03D7" w:rsidP="00E92674">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk57089192"/>
       <w:r w:rsidRPr="00E92674">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>Les dades a analitzar s</w:t>
       </w:r>
       <w:r w:rsidR="00E92674" w:rsidRPr="00E92674">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>ó</w:t>
       </w:r>
       <w:r w:rsidRPr="00E92674">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>n les del curs 20</w:t>
       </w:r>
       <w:r w:rsidR="006A3ABB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="004D679A">
-[...4 lines deleted...]
-        <w:t>3</w:t>
+      <w:r w:rsidR="00B9170D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="006A3ABB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidRPr="00E92674">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="006A3ABB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="004D679A">
-[...4 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="00B9170D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00E92674">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00E92674">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> tot i que es pot fer un</w:t>
       </w:r>
       <w:r w:rsidR="00E92674">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00E92674">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -1516,93 +1516,94 @@
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>DOCUMENT DE SEGUIMENT DE TITULACIÓ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p w14:paraId="6F8B163C" w14:textId="77777777" w:rsidR="001D4FDD" w:rsidRPr="00E92674" w:rsidRDefault="001D4FDD" w:rsidP="00E92674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92674">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>GRAU/MÀSTER UNIVERSITARI EN XXXXXXXXXX</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45E0F0C3" w14:textId="46E77E1E" w:rsidR="001D4FDD" w:rsidRDefault="001D4FDD" w:rsidP="00E92674">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="45E0F0C3" w14:textId="2F8711A7" w:rsidR="001D4FDD" w:rsidRDefault="001D4FDD" w:rsidP="00B9170D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="708" w:hanging="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92674">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>Curs acadèmic 20</w:t>
       </w:r>
       <w:r w:rsidR="001A450A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="004D679A">
-[...4 lines deleted...]
-        <w:t>3</w:t>
+      <w:r w:rsidR="00B9170D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="001A450A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>/2</w:t>
       </w:r>
-      <w:r w:rsidR="004D679A">
-[...4 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="00B9170D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61813125" w14:textId="0055C471" w:rsidR="001D4FDD" w:rsidRDefault="001D4FDD" w:rsidP="00E92674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28B1909C" w14:textId="77777777" w:rsidR="0002702F" w:rsidRPr="00E92674" w:rsidRDefault="0002702F" w:rsidP="00E92674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="34473D25" w14:textId="77777777" w:rsidR="001D4FDD" w:rsidRPr="00E92674" w:rsidRDefault="001D4FDD" w:rsidP="00E92674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -3162,51 +3163,51 @@
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <w:pict w14:anchorId="47A0A777">
               <v:rect id="Rectangle 1" style="position:absolute;margin-left:-8.2pt;margin-top:13.45pt;width:442.6pt;height:206pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="#4f81bd [3204]" strokecolor="#243f60 [1604]" strokeweight="2pt" w14:anchorId="3E6985A0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDN13sPdwIAAG4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7aDpmuDOEWQosOA&#10;oi3aDj2rslQbkEWNUuJkXz9Kdpyg7XYYdpFJkXwUn0nOL7etYRuFvgFb8uIk50xZCVVjX0v+4+n6&#10;yzlnPghbCQNWlXynPL9cfP4079xMTaAGUylkBGL9rHMlr0Nwsyzzslat8CfglCWjBmxFIBVfswpF&#10;R+itySZ5fpZ1gJVDkMp7ur3qjXyR8LVWMtxp7VVgpuT0tpBOTOdLPLPFXMxeUbi6kcMzxD+8ohWN&#10;paQj1JUIgq2xeQfVNhLBgw4nEtoMtG6kSjVQNUX+pprHWjiVaiFyvBtp8v8PVt5uHt09Eg2d8zNP&#10;Yqxiq7GNX3of2yaydiNZahuYpMvp2aQopvR7JdkmZ8X04jzRmR3CHfrwTUHLolBypL+RSBKbGx8o&#10;JbnuXWI2D6aprhtjkhI7QK0Mso2gfyekVDYUfbhxteiviyLP91lTz8SIBHwElh1KS1LYGRVTGPug&#10;NGsqKmaSgEeE9zl9LSrVX08p5cc5E2BE1lTEiN0/+g/YPQuDfwxVqWnH4PxvD+uDx4iUGWwYg9vG&#10;An4EYIjJIXPvT5QdURPFF6h298gQ+pHxTl439BdvhA/3AmlGaJpo7sMdHdpAV3IYJM5qwF8f3Ud/&#10;al2yctbRzJXc/1wLVJyZ75aa+qI4PY1DmpTT6dcJKXhseTm22HW7AmqNgjaMk0mM/sHsRY3QPtN6&#10;WMasZBJWUu6Sy4B7ZRX6XUALRqrlMrnRYDoRbuyjkxE8shq79Gn7LNANrRxoCm5hP59i9qaje98Y&#10;aWG5DqCb1O4HXge+aahTsw4LKG6NYz15Hdbk4jcAAAD//wMAUEsDBBQABgAIAAAAIQA6FKVQ4AAA&#10;AAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcUOu0VCENcSqCxIVDJQri7MZL&#10;HGGvQ+y2KV/PcoLjap9m3lSbyTtxxDH2gRQs5hkIpDaYnjoFb69PswJETJqMdoFQwRkjbOrLi0qX&#10;JpzoBY+71AkOoVhqBTaloZQytha9jvMwIPHvI4xeJz7HTppRnzjcO7nMslx63RM3WD3go8X2c3fw&#10;CtxZU5O1d439+u5uaNvg8/S+Ver6anq4B5FwSn8w/OqzOtTstA8HMlE4BbNFvmJUwTJfg2CgyAve&#10;slewui3WIOtK/p9Q/wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDN13sPdwIAAG4FAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA6FKVQ4AAAAAoB&#10;AAAPAAAAAAAAAAAAAAAAANEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA3gUAAAAA&#10;">
                 <v:fill opacity="7196f"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E4E19EA" w14:textId="04CEAE68" w:rsidR="00023C78" w:rsidRPr="000958E4" w:rsidRDefault="00023C78" w:rsidP="00023C78">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Hlk57091220"/>
       <w:r w:rsidRPr="000958E4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="FF0000"/>
@@ -3977,51 +3978,59 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>queu</w:t>
       </w:r>
       <w:r w:rsidRPr="00320B27">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">també </w:t>
       </w:r>
       <w:r w:rsidRPr="00320B27">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>si es presenten modificacions per implantar al curs acadèmic 20</w:t>
+        <w:t xml:space="preserve">si es </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320B27">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>presenten modificacions per implantar al curs acadèmic 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00DD699B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00320B27">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -4038,51 +4047,50 @@
       </w:r>
       <w:r w:rsidRPr="00320B27">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (quina titulació i breu descripció de la modificació).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A2D87CD" w14:textId="1A199C41" w:rsidR="00023C78" w:rsidRPr="00320B27" w:rsidRDefault="00023C78" w:rsidP="00023C78">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="00B050"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="_Hlk57091457"/>
       <w:bookmarkStart w:id="13" w:name="_Hlk57092299"/>
       <w:r w:rsidRPr="00320B27">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="00B050"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Propostes de millora:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FBFBD75" w14:textId="77777777" w:rsidR="00023C78" w:rsidRDefault="00023C78" w:rsidP="00023C78">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ...</w:t>
       </w:r>
     </w:p>
@@ -4790,51 +4798,50 @@
     </w:p>
     <w:p w14:paraId="63BE3B98" w14:textId="77777777" w:rsidR="00164139" w:rsidRPr="00E92674" w:rsidRDefault="008D1061" w:rsidP="00E92674">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92674">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Estàndard 2: Pertinència de la informació pública</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D820FE6" w14:textId="77777777" w:rsidR="009463A0" w:rsidRPr="00E92674" w:rsidRDefault="009463A0" w:rsidP="00E92674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E472784" w14:textId="3F40D93E" w:rsidR="00023C78" w:rsidRDefault="00023C78" w:rsidP="00874E96">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C14CC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -5462,81 +5469,81 @@
       </w:r>
       <w:r w:rsidRPr="00E92674">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
         <w:t>El professorat del centre és suficient i disposa de la dedicació adequada per desenvolupar les seves funcions i atendre els estudiants.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C2884E7" w14:textId="2ACE6B48" w:rsidR="00164139" w:rsidRDefault="00164139" w:rsidP="00E92674">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="420" w:hanging="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92674">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>4.3.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E92674">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
         <w:t>La institució ofereix suport i oportunitats per millorar la qualitat de l’activitat docent i investigadora del professorat.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A8C1D56" w14:textId="34634993" w:rsidR="00023C78" w:rsidRPr="000958E4" w:rsidRDefault="00CB0903" w:rsidP="004372E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="420" w:hanging="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:lang w:eastAsia="ca-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4B93D92B" wp14:editId="43E3EDD8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>-117968</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>11686</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5617845" cy="2846567"/>
                 <wp:effectExtent l="0" t="0" r="20955" b="11430"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Rectangle 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5617845" cy="2846567"/>
                         </a:xfrm>
@@ -5561,51 +5568,51 @@
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <w:pict w14:anchorId="219625E2">
               <v:rect id="Rectangle 2" style="position:absolute;margin-left:-9.3pt;margin-top:.9pt;width:442.35pt;height:224.15pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="#4f81bd [3204]" strokecolor="#243f60 [1604]" strokeweight="2pt" w14:anchorId="2DCD6E70" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD+0z0ceQIAAG4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7aDJG2DOkXQosOA&#10;oi3WDj2rslQbkEWNUuJkXz9Kdpyg7XYYdpEpkXwkn0leXG5bwzYKfQO25MVJzpmyEqrGvpb8x9PN&#10;lzPOfBC2EgasKvlOeX65/PzponMLNYEaTKWQEYj1i86VvA7BLbLMy1q1wp+AU5aUGrAVga74mlUo&#10;OkJvTTbJ83nWAVYOQSrv6fW6V/JlwtdayXCvtVeBmZJTbiGdmM6XeGbLC7F4ReHqRg5piH/IohWN&#10;paAj1LUIgq2xeQfVNhLBgw4nEtoMtG6kSjVQNUX+pprHWjiVaiFyvBtp8v8PVt5tHt0DEg2d8wtP&#10;Yqxiq7GNX8qPbRNZu5EstQ1M0uNsXpyeTWecSdJNzqbz2fw00pkd3B368FVBy6JQcqS/kUgSm1sf&#10;etO9SYzmwTTVTWNMusQOUFcG2UbQvxNSKhuK3t24WvTPxXmep59IUVPPRI+UwxFYdigtSWFnVAxh&#10;7HelWVNRMZMEPCK8j+lrUan+eUYhP46ZACOypiJG7D7pP2D3LAz20VWlph2d878l1juPHiky2DA6&#10;t40F/AjAEJND5N6eKDuiJoovUO0ekCH0I+OdvGnoL94KHx4E0ozQNNHch3s6tIGu5DBInNWAvz56&#10;j/bUuqTlrKOZK7n/uRaoODPfLDX1eTGdxiFNl+nsdEIXPNa8HGvsur0Cao2CNoyTSYz2wexFjdA+&#10;03pYxaikElZS7JLLgPvLVeh3AS0YqVarZEaD6US4tY9ORvDIauzSp+2zQDe0cqApuIP9fIrFm47u&#10;baOnhdU6gG5Sux94HfimoU7NOiyguDWO78nqsCaXvwEAAP//AwBQSwMEFAAGAAgAAAAhAEjbPGnf&#10;AAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNxaJ0AjE+JUFRIIji2oiJub&#10;bOOo8TqKnSbw9SwnOK7eaPZNsZ5dJ844hNaThnSZgECqfN1So+H97WmhQIRoqDadJ9TwhQHW5eVF&#10;YfLaT7TF8y42gkso5EaDjbHPpQyVRWfC0vdIzI5+cCbyOTSyHszE5a6TN0mSSWda4g/W9PhosTrt&#10;RqfBn9QHrl6evzf78Tjtb+8/ld2+an19NW8eQESc418YfvVZHUp2OviR6iA6DYtUZRxlwAuYqyxL&#10;QRw03K2SFGRZyP8Lyh8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/tM9HHkCAABuBQAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEASNs8ad8AAAAJ&#10;AQAADwAAAAAAAAAAAAAAAADTBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAN8FAAAA&#10;AA==&#10;">
                 <v:fill opacity="12336f"/>
                 <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00023C78" w:rsidRPr="000958E4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Documents i indicadors que podeu utilitzar per a l’an</w:t>
       </w:r>
       <w:r w:rsidR="00023C78">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>à</w:t>
       </w:r>
@@ -6600,51 +6607,50 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FCBBC55" w14:textId="586DD680" w:rsidR="003C05F5" w:rsidRPr="00E92674" w:rsidRDefault="004B3EDE" w:rsidP="00E92674">
       <w:pPr>
         <w:pStyle w:val="Ttol4"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92674">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Estàndard 5: Eficàcia dels sistemes de suport a l’aprenentatge</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08CABEED" w14:textId="77777777" w:rsidR="00920DEB" w:rsidRPr="00E92674" w:rsidRDefault="00920DEB" w:rsidP="00E92674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1EE5DDB2" w14:textId="09F4DDF9" w:rsidR="00EF7B35" w:rsidRPr="003C05F5" w:rsidRDefault="00EF7B35" w:rsidP="00EF7B35">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C14CC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -7282,51 +7288,50 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3AB94250" w14:textId="77777777" w:rsidR="00955D6C" w:rsidRPr="00E92674" w:rsidRDefault="004B3EDE" w:rsidP="00E92674">
       <w:pPr>
         <w:pStyle w:val="Ttol4"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92674">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Estàndard 6. Qualitat dels resultats dels programes formatius</w:t>
       </w:r>
       <w:r w:rsidR="00955D6C" w:rsidRPr="00E92674">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ECBB2A9" w14:textId="77777777" w:rsidR="00920DEB" w:rsidRPr="00E92674" w:rsidRDefault="00920DEB" w:rsidP="00E92674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7031D5FE" w14:textId="77777777" w:rsidR="00EF7581" w:rsidRPr="00E92674" w:rsidRDefault="00EF7581" w:rsidP="00E92674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
@@ -7624,51 +7629,51 @@
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <w:pict w14:anchorId="0102874E">
               <v:rect id="Rectangle 3" style="position:absolute;margin-left:-16.8pt;margin-top:10.9pt;width:457.1pt;height:318.55pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="#4f81bd [3204]" strokecolor="#243f60 [1604]" strokeweight="2pt" w14:anchorId="58996C7A" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD/f8fDdgIAAG4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+0E8doFdYqgRYcB&#10;RVs0HXpWZak2IIsapcTJfv0o2XGCfuww7GJTIvlIPpE8v9i2hm0U+gZsyScnOWfKSqga+1Lyn4/X&#10;X84480HYShiwquQ75fnF4vOn887N1RRqMJVCRiDWzztX8joEN88yL2vVCn8CTllSasBWBDriS1ah&#10;6Ai9Ndk0z79mHWDlEKTynm6veiVfJHytlQx3WnsVmCk55RbSF9P3OX6zxbmYv6BwdSOHNMQ/ZNGK&#10;xlLQEepKBMHW2LyBahuJ4EGHEwltBlo3UqUaqJpJ/qqaVS2cSrUQOd6NNPn/BytvNyt3j0RD5/zc&#10;kxir2Gps45/yY9tE1m4kS20Dk3RZnOXF5JQ4laSb5bOiOCsindnB3aEP3xW0LAolR3qNRJLY3PjQ&#10;m+5NYjQPpqmuG2PSIXaAujTINoLeTkipbJj07sbVor+mFsjTI1LU1DPRI+VwBJYdSktS2BkVQxj7&#10;oDRrKipmmoBHhLcxfS0q1V8XH8ZMgBFZUxEjdp/0B9g9C4N9dFWpaUfn/G+J9c6jR4oMNozObWMB&#10;3wMwxOQQubcnyo6oieIzVLt7ZAj9yHgnrxt6xRvhw71AmhF6eZr7cEcfbaArOQwSZzXg7/fuoz21&#10;Lmk562jmSu5/rQUqzswPS039bTKbxSFNh1lxOqUDHmuejzV23V4CtcaENoyTSYz2wexFjdA+0XpY&#10;xqikElZS7JLLgPvDZeh3AS0YqZbLZEaD6US4sSsnI3hkNXbp4/ZJoBtaOdAU3MJ+PsX8VUf3ttHT&#10;wnIdQDep3Q+8DnzTUKdmHRZQ3BrH52R1WJOLPwAAAP//AwBQSwMEFAAGAAgAAAAhAH7vltbfAAAA&#10;CgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FOwzAQRfdI3MEaJHatk5aGNMSpEAgJARtKDuDaQxwR&#10;25HtpOH2DCtYzszTn/frw2IHNmOIvXcC8nUGDJ3yunedgPbjaVUCi0k6LQfvUMA3Rjg0lxe1rLQ/&#10;u3ecj6ljFOJiJQWYlMaK86gMWhnXfkRHt08frEw0ho7rIM8Ubge+ybKCW9k7+mDkiA8G1ddxsgJe&#10;nl+nWe2Ht1udxxtlijbsHlshrq+W+ztgCZf0B8OvPqlDQ04nPzkd2SBgtd0WhArY5FSBgLLMaHES&#10;UOzKPfCm5v8rND8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/3/Hw3YCAABuBQAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAfu+W1t8AAAAKAQAA&#10;DwAAAAAAAAAAAAAAAADQBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANwFAAAAAA==&#10;">
                 <v:fill opacity="13107f"/>
                 <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="37AD1290" w14:textId="48BACBF7" w:rsidR="001C1248" w:rsidRPr="003C05F5" w:rsidRDefault="001C1248" w:rsidP="001C1248">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_Hlk57093215"/>
       <w:r w:rsidRPr="003C05F5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="FF0000"/>
@@ -8444,51 +8449,50 @@
             <w:r w:rsidRPr="00150ADC">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>S’assoleix amb progrés vers l’excel·lència</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7D581273" w14:textId="47047192" w:rsidR="001C1248" w:rsidRDefault="001C1248" w:rsidP="001C1248">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="00B050"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00320B27">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="00B050"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Valoració</w:t>
       </w:r>
       <w:r w:rsidR="00375C36">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t xml:space="preserve"> de la titulació</w:t>
       </w:r>
       <w:r w:rsidRPr="00320B27">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36C8CAA0" w14:textId="77777777" w:rsidR="001C1248" w:rsidRDefault="001C1248" w:rsidP="001C1248">
@@ -8827,76 +8831,76 @@
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001C1248" w:rsidSect="00A74E8A">
       <w:footerReference w:type="default" r:id="rId24"/>
       <w:footerReference w:type="first" r:id="rId25"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="1701" w:bottom="1418" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="513D250F" w14:textId="77777777" w:rsidR="00D57CDD" w:rsidRDefault="00D57CDD">
+    <w:p w14:paraId="04568BE2" w14:textId="77777777" w:rsidR="0029257B" w:rsidRDefault="0029257B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="36E79BAF" w14:textId="77777777" w:rsidR="00D57CDD" w:rsidRDefault="00D57CDD">
+    <w:p w14:paraId="67819FC9" w14:textId="77777777" w:rsidR="0029257B" w:rsidRDefault="0029257B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -8920,51 +8924,51 @@
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4656BBC7" w14:textId="77777777" w:rsidR="00117F01" w:rsidRDefault="00000000" w:rsidP="003B06F3">
     <w:pPr>
       <w:pStyle w:val="Peu"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-941763459"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtContent>
         <w:r w:rsidR="00117F01">
           <w:rPr>
             <w:sz w:val="18"/>
@@ -8991,51 +8995,51 @@
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r w:rsidR="00117F01">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="086E98BD" w14:textId="77777777" w:rsidR="00117F01" w:rsidRDefault="00117F01">
     <w:pPr>
       <w:pStyle w:val="Peu"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3CC53812" w14:textId="77777777" w:rsidR="00117F01" w:rsidRDefault="00000000" w:rsidP="003B06F3">
     <w:pPr>
       <w:pStyle w:val="Peu"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-339706283"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtContent>
         <w:r w:rsidR="00117F01">
           <w:rPr>
             <w:sz w:val="18"/>
@@ -9062,98 +9066,98 @@
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00117F01">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="7504CCC6" w14:textId="77777777" w:rsidR="00117F01" w:rsidRDefault="00117F01">
     <w:pPr>
       <w:pStyle w:val="Peu"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6AE6243F" w14:textId="77777777" w:rsidR="00D57CDD" w:rsidRDefault="00D57CDD">
+    <w:p w14:paraId="108D00E3" w14:textId="77777777" w:rsidR="0029257B" w:rsidRDefault="0029257B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="778074EA" w14:textId="77777777" w:rsidR="00D57CDD" w:rsidRDefault="00D57CDD">
+    <w:p w14:paraId="004ADE46" w14:textId="77777777" w:rsidR="0029257B" w:rsidRDefault="0029257B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1031" type="#_x0000_t75" style="width:8.4pt;height:8.4pt" o:bullet="t">
+      <v:shape id="_x0000_i1030" type="#_x0000_t75" style="width:8.45pt;height:8.45pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="BD10265_"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="029E1EB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="23FAAFDA"/>
     <w:lvl w:ilvl="0" w:tplc="04030015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04030019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -12848,51 +12852,51 @@
   <w:num w:numId="27" w16cid:durableId="1078016957">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="591814900">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1475759372">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="420570512">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1334532186">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1215047715">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="520823938">
     <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -12939,50 +12943,51 @@
     <w:rsid w:val="001B6DD7"/>
     <w:rsid w:val="001C1248"/>
     <w:rsid w:val="001C3B78"/>
     <w:rsid w:val="001C5C87"/>
     <w:rsid w:val="001D4FDD"/>
     <w:rsid w:val="001D6F1F"/>
     <w:rsid w:val="001E2781"/>
     <w:rsid w:val="001E6405"/>
     <w:rsid w:val="001E6D86"/>
     <w:rsid w:val="00202756"/>
     <w:rsid w:val="002043CC"/>
     <w:rsid w:val="00204479"/>
     <w:rsid w:val="0020505B"/>
     <w:rsid w:val="00205FB3"/>
     <w:rsid w:val="00222D8C"/>
     <w:rsid w:val="002343D2"/>
     <w:rsid w:val="0024506D"/>
     <w:rsid w:val="002547E6"/>
     <w:rsid w:val="002621F6"/>
     <w:rsid w:val="00262C9E"/>
     <w:rsid w:val="00263B16"/>
     <w:rsid w:val="002664F2"/>
     <w:rsid w:val="0027156B"/>
     <w:rsid w:val="00282A87"/>
     <w:rsid w:val="00285FBA"/>
+    <w:rsid w:val="0029257B"/>
     <w:rsid w:val="00294CD6"/>
     <w:rsid w:val="00296D1F"/>
     <w:rsid w:val="002B2EC3"/>
     <w:rsid w:val="002B3B99"/>
     <w:rsid w:val="002B61F1"/>
     <w:rsid w:val="002B662F"/>
     <w:rsid w:val="002C56DF"/>
     <w:rsid w:val="003045ED"/>
     <w:rsid w:val="003051BE"/>
     <w:rsid w:val="00305407"/>
     <w:rsid w:val="00306C71"/>
     <w:rsid w:val="00307CF0"/>
     <w:rsid w:val="00312E49"/>
     <w:rsid w:val="00317B7D"/>
     <w:rsid w:val="00347EF5"/>
     <w:rsid w:val="00362691"/>
     <w:rsid w:val="00371483"/>
     <w:rsid w:val="00375C36"/>
     <w:rsid w:val="003A459F"/>
     <w:rsid w:val="003B06F3"/>
     <w:rsid w:val="003C05F5"/>
     <w:rsid w:val="003C14CC"/>
     <w:rsid w:val="003E41EA"/>
     <w:rsid w:val="003E5CCD"/>
     <w:rsid w:val="003F03D7"/>
@@ -13166,66 +13171,68 @@
     <w:rsid w:val="00AB429D"/>
     <w:rsid w:val="00AC1695"/>
     <w:rsid w:val="00AC3853"/>
     <w:rsid w:val="00AC6E4B"/>
     <w:rsid w:val="00AC77B7"/>
     <w:rsid w:val="00AE37A6"/>
     <w:rsid w:val="00AF2B7B"/>
     <w:rsid w:val="00AF4649"/>
     <w:rsid w:val="00AF4E66"/>
     <w:rsid w:val="00B01541"/>
     <w:rsid w:val="00B06254"/>
     <w:rsid w:val="00B101D2"/>
     <w:rsid w:val="00B20DEE"/>
     <w:rsid w:val="00B21097"/>
     <w:rsid w:val="00B25784"/>
     <w:rsid w:val="00B3100F"/>
     <w:rsid w:val="00B31312"/>
     <w:rsid w:val="00B35326"/>
     <w:rsid w:val="00B36DD6"/>
     <w:rsid w:val="00B4246F"/>
     <w:rsid w:val="00B42D3A"/>
     <w:rsid w:val="00B46676"/>
     <w:rsid w:val="00B50328"/>
     <w:rsid w:val="00B72131"/>
     <w:rsid w:val="00B86685"/>
+    <w:rsid w:val="00B9170D"/>
     <w:rsid w:val="00B92596"/>
     <w:rsid w:val="00BA27B7"/>
     <w:rsid w:val="00BA3A99"/>
     <w:rsid w:val="00BA4040"/>
     <w:rsid w:val="00BA5EC8"/>
     <w:rsid w:val="00BA6F9A"/>
     <w:rsid w:val="00BA7271"/>
     <w:rsid w:val="00BB0E74"/>
     <w:rsid w:val="00BB4F6F"/>
     <w:rsid w:val="00BB6F7C"/>
     <w:rsid w:val="00BC2672"/>
     <w:rsid w:val="00BD57F1"/>
     <w:rsid w:val="00BE1C55"/>
     <w:rsid w:val="00BF252E"/>
     <w:rsid w:val="00BF2B4A"/>
     <w:rsid w:val="00BF6425"/>
+    <w:rsid w:val="00C05FC2"/>
     <w:rsid w:val="00C12954"/>
     <w:rsid w:val="00C13CB3"/>
     <w:rsid w:val="00C16BD4"/>
     <w:rsid w:val="00C22A01"/>
     <w:rsid w:val="00C22BE0"/>
     <w:rsid w:val="00C26C77"/>
     <w:rsid w:val="00C31787"/>
     <w:rsid w:val="00C33EB5"/>
     <w:rsid w:val="00C34D93"/>
     <w:rsid w:val="00C36491"/>
     <w:rsid w:val="00C406AB"/>
     <w:rsid w:val="00C51DA6"/>
     <w:rsid w:val="00C72F99"/>
     <w:rsid w:val="00C80057"/>
     <w:rsid w:val="00C82C3D"/>
     <w:rsid w:val="00C835C4"/>
     <w:rsid w:val="00C8373B"/>
     <w:rsid w:val="00C87765"/>
     <w:rsid w:val="00C90ACF"/>
     <w:rsid w:val="00C90EC1"/>
     <w:rsid w:val="00C9534B"/>
     <w:rsid w:val="00C95ABE"/>
     <w:rsid w:val="00CA1A35"/>
     <w:rsid w:val="00CA6982"/>
     <w:rsid w:val="00CA6EC2"/>
@@ -13339,51 +13346,51 @@
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3C3331B2"/>
   <w15:docId w15:val="{936EED94-6E65-4CCC-9CAB-A8703540E153}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -14221,51 +14228,51 @@
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00567708"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
       <w:lang w:val="ca-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="Lletraperdefectedelpargraf"/>
     <w:rsid w:val="00B50328"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="Lletraperdefectedelpargraf"/>
     <w:rsid w:val="00B50328"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="162093376">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="163054662">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>