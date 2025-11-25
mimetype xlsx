--- v0 (2025-10-08)
+++ v1 (2025-11-25)
@@ -1,65 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://uab-my.sharepoint.com/personal/0000262_uab_cat/Documents/Actglobal_Antonio_Chico_Ceprian/Provisional/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{5650D2A7-2B87-4C78-B722-41F798D3881D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{3513AC6C-3BA7-4673-A6D7-712D212CE84D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{56E85009-BB7D-4C85-ACC1-8EC140DDC74F}"/>
+    <workbookView xWindow="28680" yWindow="-60" windowWidth="29040" windowHeight="15720" xr2:uid="{56E85009-BB7D-4C85-ACC1-8EC140DDC74F}"/>
   </bookViews>
   <sheets>
     <sheet name="Full1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_ftn1" localSheetId="0">Full1!$B$79</definedName>
     <definedName name="_ftnref1" localSheetId="0">Full1!$B$4</definedName>
     <definedName name="_Hlk107406728" localSheetId="0">Full1!$B$39</definedName>
     <definedName name="_Hlk140045475" localSheetId="0">Full1!#REF!</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Full1!$A$1:$H$83</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="50">
   <si>
     <t>Docència impartida per professorat de la UAB (funcionari o contractat)</t>
@@ -939,174 +941,174 @@
     </xf>
     <xf numFmtId="0" fontId="14" fillId="6" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="6" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="6" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="6" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...61 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de l'Office">
@@ -1401,171 +1403,175 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F95E509B-99C6-40BF-9DB1-F235899A4C21}">
   <dimension ref="A1:AD114"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="N44" sqref="N44"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="60" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="8.7265625" style="47"/>
+    <col min="1" max="1" width="3.54296875" style="47" customWidth="1"/>
     <col min="2" max="2" width="29.1796875" style="43" customWidth="1"/>
     <col min="3" max="3" width="11.453125" style="43" customWidth="1"/>
     <col min="4" max="4" width="13.81640625" style="43" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="8.7265625" style="43"/>
+    <col min="5" max="5" width="8.81640625" style="43"/>
     <col min="6" max="6" width="19.453125" style="43" customWidth="1"/>
     <col min="7" max="7" width="18.81640625" style="43" customWidth="1"/>
-    <col min="8" max="8" width="30.26953125" style="43" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="31" max="16384" width="8.7265625" style="43"/>
+    <col min="8" max="8" width="30.1796875" style="43" customWidth="1"/>
+    <col min="9" max="30" width="8.81640625" style="38"/>
+    <col min="31" max="16384" width="8.81640625" style="43"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="37.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A1" s="42"/>
-      <c r="B1" s="64" t="s">
+      <c r="B1" s="90" t="s">
         <v>40</v>
       </c>
-      <c r="C1" s="65"/>
-[...4 lines deleted...]
-      <c r="H1" s="66"/>
+      <c r="C1" s="91"/>
+      <c r="D1" s="91"/>
+      <c r="E1" s="91"/>
+      <c r="F1" s="91"/>
+      <c r="G1" s="91"/>
+      <c r="H1" s="92"/>
     </row>
     <row r="2" spans="1:12" ht="37.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="42"/>
       <c r="B2" s="32"/>
       <c r="C2" s="32"/>
       <c r="D2" s="32"/>
       <c r="E2" s="32"/>
       <c r="F2" s="32"/>
       <c r="G2" s="32"/>
       <c r="H2" s="32"/>
     </row>
     <row r="3" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="42"/>
       <c r="B3" s="31" t="s">
         <v>33</v>
       </c>
-      <c r="C3" s="80" t="s">
+      <c r="C3" s="101" t="s">
         <v>36</v>
       </c>
-      <c r="D3" s="81"/>
-[...3 lines deleted...]
-      <c r="H3" s="81"/>
+      <c r="D3" s="102"/>
+      <c r="E3" s="102"/>
+      <c r="F3" s="102"/>
+      <c r="G3" s="102"/>
+      <c r="H3" s="102"/>
       <c r="I3" s="33"/>
       <c r="J3" s="33"/>
       <c r="K3" s="33"/>
       <c r="L3" s="33"/>
     </row>
     <row r="4" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A4" s="42"/>
       <c r="B4" s="31" t="s">
         <v>37</v>
       </c>
-      <c r="C4" s="80"/>
-[...4 lines deleted...]
-      <c r="H4" s="81"/>
+      <c r="C4" s="101"/>
+      <c r="D4" s="102"/>
+      <c r="E4" s="102"/>
+      <c r="F4" s="102"/>
+      <c r="G4" s="102"/>
+      <c r="H4" s="102"/>
       <c r="I4" s="33"/>
       <c r="J4" s="33"/>
       <c r="K4" s="33"/>
       <c r="L4" s="33"/>
     </row>
     <row r="5" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A5" s="42"/>
       <c r="B5" s="31" t="s">
         <v>34</v>
       </c>
-      <c r="C5" s="80"/>
-[...4 lines deleted...]
-      <c r="H5" s="81"/>
+      <c r="C5" s="101"/>
+      <c r="D5" s="102"/>
+      <c r="E5" s="102"/>
+      <c r="F5" s="102"/>
+      <c r="G5" s="102"/>
+      <c r="H5" s="102"/>
       <c r="I5" s="33"/>
       <c r="J5" s="33"/>
       <c r="K5" s="33"/>
       <c r="L5" s="33"/>
     </row>
     <row r="6" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A6" s="42"/>
       <c r="B6" s="31" t="s">
         <v>1</v>
       </c>
-      <c r="C6" s="80"/>
-[...4 lines deleted...]
-      <c r="H6" s="81"/>
+      <c r="C6" s="101"/>
+      <c r="D6" s="102"/>
+      <c r="E6" s="102"/>
+      <c r="F6" s="102"/>
+      <c r="G6" s="102"/>
+      <c r="H6" s="102"/>
       <c r="I6" s="33"/>
       <c r="J6" s="33"/>
       <c r="K6" s="33"/>
       <c r="L6" s="33"/>
     </row>
     <row r="7" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A7" s="42"/>
       <c r="B7" s="31" t="s">
         <v>38</v>
       </c>
-      <c r="C7" s="80"/>
-[...4 lines deleted...]
-      <c r="H7" s="81"/>
+      <c r="C7" s="101"/>
+      <c r="D7" s="102"/>
+      <c r="E7" s="102"/>
+      <c r="F7" s="102"/>
+      <c r="G7" s="102"/>
+      <c r="H7" s="102"/>
       <c r="I7" s="33"/>
       <c r="J7" s="33"/>
       <c r="K7" s="33"/>
       <c r="L7" s="33"/>
     </row>
     <row r="8" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A8" s="42"/>
       <c r="B8" s="38"/>
       <c r="C8" s="38"/>
       <c r="D8" s="38"/>
       <c r="E8" s="38"/>
       <c r="F8" s="38"/>
       <c r="G8" s="38"/>
       <c r="H8" s="38"/>
     </row>
     <row r="9" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A9" s="42"/>
       <c r="B9" s="38"/>
       <c r="C9" s="38"/>
       <c r="D9" s="38"/>
       <c r="E9" s="38"/>
       <c r="F9" s="38"/>
       <c r="G9" s="38"/>
       <c r="H9" s="38"/>
     </row>
@@ -1573,66 +1579,66 @@
       <c r="A10" s="44" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="7" t="s">
         <v>0</v>
       </c>
       <c r="C10" s="7"/>
       <c r="D10" s="45"/>
       <c r="E10" s="45"/>
       <c r="F10" s="45"/>
       <c r="G10" s="45"/>
       <c r="H10" s="45"/>
     </row>
     <row r="11" spans="1:12" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A11" s="42"/>
       <c r="B11" s="38"/>
       <c r="C11" s="38"/>
       <c r="D11" s="38"/>
       <c r="E11" s="38"/>
       <c r="F11" s="38"/>
       <c r="G11" s="38"/>
       <c r="H11" s="38"/>
     </row>
     <row r="12" spans="1:12" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A12" s="42"/>
-      <c r="B12" s="70" t="s">
+      <c r="B12" s="93" t="s">
         <v>5</v>
       </c>
-      <c r="C12" s="71"/>
-      <c r="D12" s="61" t="s">
+      <c r="C12" s="94"/>
+      <c r="D12" s="87" t="s">
         <v>1</v>
       </c>
-      <c r="E12" s="62"/>
-      <c r="F12" s="63"/>
+      <c r="E12" s="88"/>
+      <c r="F12" s="89"/>
       <c r="G12" s="38"/>
       <c r="H12" s="38"/>
     </row>
     <row r="13" spans="1:12" ht="17.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A13" s="42"/>
-      <c r="B13" s="72"/>
-      <c r="C13" s="73"/>
+      <c r="B13" s="95"/>
+      <c r="C13" s="96"/>
       <c r="D13" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G13" s="38"/>
       <c r="H13" s="38"/>
     </row>
     <row r="14" spans="1:12" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A14" s="42"/>
       <c r="B14" s="2"/>
       <c r="C14" s="4"/>
       <c r="D14" s="3"/>
       <c r="E14" s="3"/>
       <c r="F14" s="4"/>
       <c r="G14" s="38"/>
       <c r="H14" s="38"/>
     </row>
     <row r="15" spans="1:12" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A15" s="42"/>
       <c r="B15" s="2"/>
@@ -1679,66 +1685,66 @@
       <c r="A19" s="44" t="s">
         <v>18</v>
       </c>
       <c r="B19" s="7" t="s">
         <v>6</v>
       </c>
       <c r="C19" s="7"/>
       <c r="D19" s="45"/>
       <c r="E19" s="45"/>
       <c r="F19" s="45"/>
       <c r="G19" s="45"/>
       <c r="H19" s="45"/>
     </row>
     <row r="20" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A20" s="42"/>
       <c r="B20" s="38"/>
       <c r="C20" s="38"/>
       <c r="D20" s="38"/>
       <c r="E20" s="38"/>
       <c r="F20" s="38"/>
       <c r="G20" s="38"/>
       <c r="H20" s="38"/>
     </row>
     <row r="21" spans="1:8" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A21" s="42"/>
-      <c r="B21" s="74" t="s">
+      <c r="B21" s="67" t="s">
         <v>7</v>
       </c>
-      <c r="C21" s="75"/>
-      <c r="D21" s="61" t="s">
+      <c r="C21" s="97"/>
+      <c r="D21" s="87" t="s">
         <v>1</v>
       </c>
-      <c r="E21" s="62"/>
-      <c r="F21" s="63"/>
+      <c r="E21" s="88"/>
+      <c r="F21" s="89"/>
       <c r="G21" s="38"/>
       <c r="H21" s="38"/>
     </row>
     <row r="22" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A22" s="42"/>
-      <c r="B22" s="76"/>
-      <c r="C22" s="77"/>
+      <c r="B22" s="69"/>
+      <c r="C22" s="98"/>
       <c r="D22" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E22" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G22" s="38"/>
       <c r="H22" s="38"/>
     </row>
     <row r="23" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A23" s="42"/>
       <c r="B23" s="2"/>
       <c r="C23" s="4"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3"/>
       <c r="F23" s="4"/>
       <c r="G23" s="38"/>
       <c r="H23" s="38"/>
     </row>
     <row r="24" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A24" s="42"/>
       <c r="B24" s="2"/>
@@ -1785,66 +1791,66 @@
       <c r="A28" s="44" t="s">
         <v>19</v>
       </c>
       <c r="B28" s="7" t="s">
         <v>8</v>
       </c>
       <c r="C28" s="7"/>
       <c r="D28" s="45"/>
       <c r="E28" s="45"/>
       <c r="F28" s="45"/>
       <c r="G28" s="45"/>
       <c r="H28" s="45"/>
     </row>
     <row r="29" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A29" s="42"/>
       <c r="B29" s="38"/>
       <c r="C29" s="38"/>
       <c r="D29" s="38"/>
       <c r="E29" s="38"/>
       <c r="F29" s="38"/>
       <c r="G29" s="38"/>
       <c r="H29" s="38"/>
     </row>
     <row r="30" spans="1:8" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A30" s="42"/>
-      <c r="B30" s="74" t="s">
+      <c r="B30" s="67" t="s">
         <v>9</v>
       </c>
-      <c r="C30" s="75"/>
-      <c r="D30" s="61" t="s">
+      <c r="C30" s="97"/>
+      <c r="D30" s="87" t="s">
         <v>1</v>
       </c>
-      <c r="E30" s="62"/>
-      <c r="F30" s="63"/>
+      <c r="E30" s="88"/>
+      <c r="F30" s="89"/>
       <c r="G30" s="38"/>
       <c r="H30" s="38"/>
     </row>
     <row r="31" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A31" s="42"/>
-      <c r="B31" s="76"/>
-      <c r="C31" s="77"/>
+      <c r="B31" s="69"/>
+      <c r="C31" s="98"/>
       <c r="D31" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E31" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G31" s="38"/>
       <c r="H31" s="38"/>
     </row>
     <row r="32" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A32" s="42"/>
       <c r="B32" s="2"/>
       <c r="C32" s="4"/>
       <c r="D32" s="3"/>
       <c r="E32" s="3"/>
       <c r="F32" s="4"/>
       <c r="G32" s="38"/>
       <c r="H32" s="38"/>
     </row>
     <row r="33" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A33" s="42"/>
       <c r="B33" s="2"/>
@@ -1880,245 +1886,245 @@
     <row r="36" spans="1:8" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A36" s="44" t="s">
         <v>20</v>
       </c>
       <c r="B36" s="46" t="s">
         <v>39</v>
       </c>
       <c r="C36" s="46"/>
       <c r="D36" s="45"/>
       <c r="E36" s="45"/>
       <c r="F36" s="45"/>
       <c r="G36" s="45"/>
       <c r="H36" s="45"/>
     </row>
     <row r="37" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A37" s="42"/>
       <c r="B37" s="37"/>
       <c r="C37" s="37"/>
       <c r="D37" s="38"/>
       <c r="E37" s="38"/>
       <c r="F37" s="38"/>
       <c r="G37" s="38"/>
       <c r="H37" s="38"/>
     </row>
     <row r="38" spans="1:8" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A38" s="93" t="s">
+      <c r="A38" s="61" t="s">
         <v>28</v>
       </c>
-      <c r="B38" s="98" t="s">
+      <c r="B38" s="71" t="s">
         <v>10</v>
       </c>
       <c r="C38" s="15"/>
       <c r="D38" s="9"/>
-      <c r="E38" s="67" t="s">
+      <c r="E38" s="64" t="s">
         <v>1</v>
       </c>
-      <c r="F38" s="74" t="s">
+      <c r="F38" s="67" t="s">
         <v>11</v>
       </c>
-      <c r="G38" s="78"/>
-      <c r="H38" s="75"/>
+      <c r="G38" s="99"/>
+      <c r="H38" s="97"/>
     </row>
     <row r="39" spans="1:8" ht="26.5" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A39" s="94"/>
-      <c r="B39" s="99"/>
+      <c r="A39" s="62"/>
+      <c r="B39" s="72"/>
       <c r="C39" s="16" t="s">
         <v>14</v>
       </c>
       <c r="D39" s="10" t="s">
         <v>15</v>
       </c>
-      <c r="E39" s="68"/>
-[...2 lines deleted...]
-      <c r="H39" s="77"/>
+      <c r="E39" s="65"/>
+      <c r="F39" s="69"/>
+      <c r="G39" s="100"/>
+      <c r="H39" s="98"/>
     </row>
     <row r="40" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A40" s="94"/>
-      <c r="B40" s="100"/>
+      <c r="A40" s="62"/>
+      <c r="B40" s="73"/>
       <c r="C40" s="17"/>
       <c r="D40" s="11"/>
-      <c r="E40" s="69"/>
-      <c r="F40" s="61" t="s">
+      <c r="E40" s="66"/>
+      <c r="F40" s="87" t="s">
         <v>12</v>
       </c>
-      <c r="G40" s="63"/>
+      <c r="G40" s="89"/>
       <c r="H40" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="41" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A41" s="94"/>
+      <c r="A41" s="62"/>
       <c r="B41" s="2"/>
       <c r="C41" s="4"/>
       <c r="D41" s="4"/>
       <c r="E41" s="12"/>
-      <c r="F41" s="101"/>
-      <c r="G41" s="102"/>
+      <c r="F41" s="74"/>
+      <c r="G41" s="75"/>
       <c r="H41" s="13"/>
     </row>
     <row r="42" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A42" s="94"/>
+      <c r="A42" s="62"/>
       <c r="B42" s="2"/>
       <c r="C42" s="4"/>
       <c r="D42" s="4"/>
       <c r="E42" s="12"/>
-      <c r="F42" s="101"/>
-      <c r="G42" s="102"/>
+      <c r="F42" s="74"/>
+      <c r="G42" s="75"/>
       <c r="H42" s="13"/>
     </row>
     <row r="43" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A43" s="95"/>
+      <c r="A43" s="63"/>
       <c r="B43" s="2"/>
       <c r="C43" s="4"/>
       <c r="D43" s="4"/>
       <c r="E43" s="12"/>
-      <c r="F43" s="101"/>
-      <c r="G43" s="102"/>
+      <c r="F43" s="74"/>
+      <c r="G43" s="75"/>
       <c r="H43" s="13"/>
     </row>
     <row r="44" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A44" s="42"/>
       <c r="B44" s="38"/>
       <c r="F44" s="38"/>
       <c r="G44" s="38"/>
       <c r="H44" s="38"/>
     </row>
     <row r="45" spans="1:8" ht="28" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A45" s="93" t="s">
+      <c r="A45" s="61" t="s">
         <v>29</v>
       </c>
-      <c r="B45" s="98" t="s">
+      <c r="B45" s="71" t="s">
         <v>30</v>
       </c>
       <c r="C45" s="15"/>
-      <c r="D45" s="67" t="s">
+      <c r="D45" s="64" t="s">
         <v>31</v>
       </c>
-      <c r="E45" s="67" t="s">
+      <c r="E45" s="64" t="s">
         <v>1</v>
       </c>
-      <c r="F45" s="74" t="s">
+      <c r="F45" s="67" t="s">
         <v>10</v>
       </c>
-      <c r="G45" s="97" t="s">
+      <c r="G45" s="70" t="s">
         <v>32</v>
       </c>
-      <c r="H45" s="97"/>
+      <c r="H45" s="70"/>
     </row>
     <row r="46" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A46" s="94"/>
-      <c r="B46" s="99"/>
+      <c r="A46" s="62"/>
+      <c r="B46" s="72"/>
       <c r="C46" s="16" t="s">
         <v>14</v>
       </c>
-      <c r="D46" s="68"/>
-[...3 lines deleted...]
-      <c r="H46" s="97"/>
+      <c r="D46" s="65"/>
+      <c r="E46" s="65"/>
+      <c r="F46" s="68"/>
+      <c r="G46" s="70"/>
+      <c r="H46" s="70"/>
     </row>
     <row r="47" spans="1:8" ht="26.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A47" s="94"/>
-      <c r="B47" s="100"/>
+      <c r="A47" s="62"/>
+      <c r="B47" s="73"/>
       <c r="C47" s="17"/>
-      <c r="D47" s="69"/>
-[...1 lines deleted...]
-      <c r="F47" s="76"/>
+      <c r="D47" s="66"/>
+      <c r="E47" s="66"/>
+      <c r="F47" s="69"/>
       <c r="G47" s="18" t="s">
         <v>12</v>
       </c>
       <c r="H47" s="18" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="48" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A48" s="94"/>
+      <c r="A48" s="62"/>
       <c r="B48" s="2"/>
       <c r="C48" s="4"/>
       <c r="D48" s="4"/>
       <c r="E48" s="12"/>
       <c r="F48" s="23"/>
       <c r="G48" s="13"/>
       <c r="H48" s="13"/>
     </row>
     <row r="49" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A49" s="94"/>
+      <c r="A49" s="62"/>
       <c r="B49" s="2"/>
       <c r="C49" s="4"/>
       <c r="D49" s="4"/>
       <c r="E49" s="12"/>
       <c r="F49" s="24"/>
       <c r="G49" s="22"/>
       <c r="H49" s="13"/>
     </row>
     <row r="50" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A50" s="95"/>
+      <c r="A50" s="63"/>
       <c r="B50" s="2"/>
       <c r="C50" s="4"/>
       <c r="D50" s="4"/>
       <c r="E50" s="12"/>
       <c r="F50" s="24"/>
       <c r="G50" s="22"/>
       <c r="H50" s="13"/>
     </row>
     <row r="51" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A51" s="42"/>
       <c r="G51" s="38"/>
       <c r="H51" s="38"/>
     </row>
     <row r="52" spans="1:8" ht="19" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A52" s="42"/>
-      <c r="B52" s="89" t="s">
+      <c r="B52" s="83" t="s">
         <v>16</v>
       </c>
-      <c r="C52" s="90"/>
-[...2 lines deleted...]
-      <c r="F52" s="91"/>
+      <c r="C52" s="84"/>
+      <c r="D52" s="84"/>
+      <c r="E52" s="84"/>
+      <c r="F52" s="85"/>
       <c r="G52" s="38"/>
       <c r="H52" s="38"/>
     </row>
     <row r="53" spans="1:8" ht="19" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A53" s="42"/>
       <c r="B53" s="34"/>
       <c r="C53" s="34"/>
       <c r="D53" s="34"/>
       <c r="E53" s="34"/>
       <c r="F53" s="34"/>
       <c r="G53" s="38"/>
       <c r="H53" s="38"/>
     </row>
     <row r="54" spans="1:8" ht="19" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A54" s="42"/>
       <c r="B54" s="48"/>
-      <c r="C54" s="83" t="s">
+      <c r="C54" s="77" t="s">
         <v>1</v>
       </c>
-      <c r="D54" s="84"/>
-      <c r="E54" s="85"/>
+      <c r="D54" s="78"/>
+      <c r="E54" s="79"/>
       <c r="F54" s="48"/>
       <c r="G54" s="38"/>
       <c r="H54" s="38"/>
     </row>
     <row r="55" spans="1:8" ht="19" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A55" s="42"/>
       <c r="B55" s="35"/>
       <c r="C55" s="25" t="s">
         <v>2</v>
       </c>
       <c r="D55" s="26" t="s">
         <v>3</v>
       </c>
       <c r="E55" s="26" t="s">
         <v>4</v>
       </c>
       <c r="F55" s="48"/>
       <c r="G55" s="38"/>
       <c r="H55" s="38"/>
     </row>
     <row r="56" spans="1:8" ht="19" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A56" s="42"/>
       <c r="B56" s="27" t="s">
         <v>17</v>
       </c>
@@ -2152,79 +2158,79 @@
       <c r="F58" s="48"/>
       <c r="G58" s="38"/>
       <c r="H58" s="38"/>
     </row>
     <row r="59" spans="1:8" ht="21.5" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A59" s="42"/>
       <c r="B59" s="27" t="s">
         <v>42</v>
       </c>
       <c r="C59" s="26"/>
       <c r="D59" s="30"/>
       <c r="E59" s="30"/>
       <c r="F59" s="48"/>
       <c r="G59" s="38"/>
       <c r="H59" s="38"/>
     </row>
     <row r="60" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A60" s="42"/>
       <c r="B60" s="8"/>
       <c r="F60" s="38"/>
       <c r="G60" s="38"/>
       <c r="H60" s="38"/>
     </row>
     <row r="61" spans="1:8" ht="48" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A61" s="42"/>
-      <c r="B61" s="86" t="s">
+      <c r="B61" s="80" t="s">
         <v>21</v>
       </c>
-      <c r="C61" s="87"/>
-[...1 lines deleted...]
-      <c r="E61" s="88"/>
+      <c r="C61" s="81"/>
+      <c r="D61" s="81"/>
+      <c r="E61" s="82"/>
       <c r="G61" s="20" t="s">
         <v>43</v>
       </c>
       <c r="H61" s="19"/>
     </row>
     <row r="62" spans="1:8" ht="24" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A62" s="42"/>
       <c r="B62" s="36"/>
       <c r="C62" s="38"/>
       <c r="D62" s="38"/>
       <c r="E62" s="38"/>
       <c r="F62" s="38"/>
       <c r="G62" s="38"/>
       <c r="H62" s="38"/>
     </row>
     <row r="63" spans="1:8" ht="47.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A63" s="42"/>
-      <c r="B63" s="86" t="s">
+      <c r="B63" s="80" t="s">
         <v>22</v>
       </c>
-      <c r="C63" s="87"/>
-[...1 lines deleted...]
-      <c r="E63" s="88"/>
+      <c r="C63" s="81"/>
+      <c r="D63" s="81"/>
+      <c r="E63" s="82"/>
       <c r="F63" s="38"/>
       <c r="G63" s="20" t="s">
         <v>35</v>
       </c>
       <c r="H63" s="38"/>
     </row>
     <row r="64" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A64" s="42"/>
       <c r="B64" s="38"/>
       <c r="C64" s="38"/>
       <c r="D64" s="38"/>
       <c r="E64" s="38"/>
       <c r="F64" s="38"/>
       <c r="G64" s="38"/>
       <c r="H64" s="38"/>
     </row>
     <row r="65" spans="1:12" ht="64" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A65" s="42"/>
       <c r="B65" s="49" t="s">
         <v>23</v>
       </c>
       <c r="C65" s="50"/>
       <c r="D65" s="50"/>
       <c r="E65" s="50"/>
       <c r="F65" s="51"/>
@@ -2391,90 +2397,90 @@
       <c r="G79" s="40"/>
       <c r="H79" s="40"/>
       <c r="I79" s="40"/>
       <c r="J79" s="40"/>
       <c r="K79" s="40"/>
       <c r="L79" s="40"/>
     </row>
     <row r="80" spans="1:12" ht="15" x14ac:dyDescent="0.35">
       <c r="A80" s="42"/>
       <c r="B80" s="39" t="s">
         <v>46</v>
       </c>
       <c r="C80" s="39"/>
       <c r="D80" s="40"/>
       <c r="E80" s="40"/>
       <c r="F80" s="40"/>
       <c r="G80" s="40"/>
       <c r="H80" s="40"/>
       <c r="I80" s="40"/>
       <c r="J80" s="40"/>
       <c r="K80" s="40"/>
       <c r="L80" s="40"/>
     </row>
     <row r="81" spans="1:12" ht="56.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A81" s="42"/>
-      <c r="B81" s="92" t="s">
+      <c r="B81" s="86" t="s">
         <v>47</v>
       </c>
-      <c r="C81" s="92"/>
-[...4 lines deleted...]
-      <c r="H81" s="92"/>
+      <c r="C81" s="86"/>
+      <c r="D81" s="86"/>
+      <c r="E81" s="86"/>
+      <c r="F81" s="86"/>
+      <c r="G81" s="86"/>
+      <c r="H81" s="86"/>
       <c r="I81" s="40"/>
       <c r="J81" s="40"/>
       <c r="K81" s="40"/>
       <c r="L81" s="40"/>
     </row>
     <row r="82" spans="1:12" ht="35.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A82" s="42"/>
-      <c r="B82" s="82" t="s">
+      <c r="B82" s="76" t="s">
         <v>48</v>
       </c>
-      <c r="C82" s="82"/>
-[...4 lines deleted...]
-      <c r="H82" s="82"/>
+      <c r="C82" s="76"/>
+      <c r="D82" s="76"/>
+      <c r="E82" s="76"/>
+      <c r="F82" s="76"/>
+      <c r="G82" s="76"/>
+      <c r="H82" s="76"/>
       <c r="I82" s="40"/>
       <c r="J82" s="40"/>
       <c r="K82" s="40"/>
       <c r="L82" s="40"/>
     </row>
     <row r="83" spans="1:12" ht="28.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B83" s="82" t="s">
+      <c r="B83" s="76" t="s">
         <v>44</v>
       </c>
-      <c r="C83" s="82"/>
-[...4 lines deleted...]
-      <c r="H83" s="82"/>
+      <c r="C83" s="76"/>
+      <c r="D83" s="76"/>
+      <c r="E83" s="76"/>
+      <c r="F83" s="76"/>
+      <c r="G83" s="76"/>
+      <c r="H83" s="76"/>
       <c r="I83" s="41"/>
       <c r="J83" s="41"/>
       <c r="K83" s="41"/>
       <c r="L83" s="41"/>
     </row>
     <row r="84" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A84" s="42"/>
       <c r="B84" s="38"/>
       <c r="C84" s="38"/>
       <c r="D84" s="38"/>
       <c r="E84" s="38"/>
       <c r="F84" s="38"/>
       <c r="G84" s="38"/>
       <c r="H84" s="38"/>
     </row>
     <row r="85" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A85" s="42"/>
       <c r="B85" s="38"/>
       <c r="C85" s="38"/>
       <c r="D85" s="38"/>
       <c r="E85" s="38"/>
       <c r="F85" s="38"/>
       <c r="G85" s="38"/>
       <c r="H85" s="38"/>
     </row>
@@ -2748,109 +2754,114 @@
       <c r="G112" s="38"/>
       <c r="H112" s="38"/>
     </row>
     <row r="113" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A113" s="42"/>
       <c r="B113" s="38"/>
       <c r="C113" s="38"/>
       <c r="D113" s="38"/>
       <c r="E113" s="38"/>
       <c r="F113" s="38"/>
       <c r="G113" s="38"/>
       <c r="H113" s="38"/>
     </row>
     <row r="114" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A114" s="42"/>
       <c r="B114" s="38"/>
       <c r="C114" s="38"/>
       <c r="D114" s="38"/>
       <c r="E114" s="38"/>
       <c r="F114" s="38"/>
       <c r="G114" s="38"/>
       <c r="H114" s="38"/>
     </row>
   </sheetData>
   <mergeCells count="33">
-    <mergeCell ref="A38:A43"/>
-[...16 lines deleted...]
-    <mergeCell ref="B81:H81"/>
     <mergeCell ref="D12:F12"/>
     <mergeCell ref="D21:F21"/>
     <mergeCell ref="B1:H1"/>
     <mergeCell ref="E38:E40"/>
     <mergeCell ref="B12:C13"/>
     <mergeCell ref="B21:C22"/>
     <mergeCell ref="B30:C31"/>
     <mergeCell ref="D30:F30"/>
     <mergeCell ref="F38:H39"/>
     <mergeCell ref="F40:G40"/>
     <mergeCell ref="C3:H3"/>
     <mergeCell ref="C4:H4"/>
     <mergeCell ref="C5:H5"/>
     <mergeCell ref="C6:H6"/>
     <mergeCell ref="C7:H7"/>
+    <mergeCell ref="B83:H83"/>
+    <mergeCell ref="C54:E54"/>
+    <mergeCell ref="B61:E61"/>
+    <mergeCell ref="B63:E63"/>
+    <mergeCell ref="B52:F52"/>
+    <mergeCell ref="B82:H82"/>
+    <mergeCell ref="B81:H81"/>
+    <mergeCell ref="A38:A43"/>
+    <mergeCell ref="A45:A50"/>
+    <mergeCell ref="D45:D47"/>
+    <mergeCell ref="F45:F47"/>
+    <mergeCell ref="G45:H46"/>
+    <mergeCell ref="B45:B47"/>
+    <mergeCell ref="E45:E47"/>
+    <mergeCell ref="F43:G43"/>
+    <mergeCell ref="B38:B40"/>
+    <mergeCell ref="F41:G41"/>
+    <mergeCell ref="F42:G42"/>
   </mergeCells>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="91" orientation="landscape" r:id="rId1"/>
+  <rowBreaks count="1" manualBreakCount="1">
+    <brk id="34" max="7" man="1"/>
+  </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fulls de càlcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Intervals amb nom</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="4" baseType="lpstr">
+    <vt:vector size="5" baseType="lpstr">
       <vt:lpstr>Full1</vt:lpstr>
       <vt:lpstr>Full1!_ftn1</vt:lpstr>
       <vt:lpstr>Full1!_ftnref1</vt:lpstr>
       <vt:lpstr>Full1!_Hlk107406728</vt:lpstr>
+      <vt:lpstr>Full1!Àrea_d'impressió</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Núria Marzo Cabero</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>