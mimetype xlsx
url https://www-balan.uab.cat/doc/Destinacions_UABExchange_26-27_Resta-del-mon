--- v0 (2025-10-15)
+++ v1 (2025-11-04)
@@ -9,53 +9,53 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://uab.sharepoint.com/sites/ARIEquipIntercanvis/Documentos compartidos/General/CONVOCATÒRIES 2026-27/DESTINACIONS/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="67" documentId="8_{95FB10CC-64FC-4E03-84E7-48ECE31A7C77}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7DDDBA64-3A5C-48A2-B29B-2208D000DFEF}"/>
+  <xr:revisionPtr revIDLastSave="71" documentId="8_{95FB10CC-64FC-4E03-84E7-48ECE31A7C77}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7E264CEC-498C-43D3-88C7-283F46BCD2F6}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{A4F200C0-2F70-4522-8BE0-44ECE356A929}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{A4F200C0-2F70-4522-8BE0-44ECE356A929}"/>
   </bookViews>
   <sheets>
     <sheet name="Full1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Full1!$A$1:$J$69</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
@@ -1035,51 +1035,51 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="33">
+  <cellXfs count="34">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
@@ -1119,50 +1119,51 @@
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Enllaç" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013: Tema 2022">
   <a:themeElements>
@@ -1445,2005 +1446,2005 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ualberta.ca/admissions-programs/exchange-programs/incoming-exchange-application-guide/index.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://global.ubc.ca/go-global/international-experiences/exchange" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reciprocity.uceap.universityofcalifornia.edu/apply-exchange" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iiitb.ac.in/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aucegypt.edu/academics/outgoing-students/undergraduate-exchange-study-abroad-program" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iisc.ernet.in/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usj.edu.lb/international/mobilite-e.php" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oraprdnt.uqtr.uquebec.ca/pls/public/gscw031?owa_no_site=1743&amp;owa_no_fiche=10&amp;owa_apercu=N&amp;owa_imprimable=N&amp;owa_bottin=" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mcgill.ca/mcgillabroad/students-coming-mcgill" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uwa.edu.au/study/Courses-and-Careers/Study-Abroad-and-Student-Exchange/Completing-exchange-at-UWA" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lau.edu.lb/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://echanges-etudiants.bci-qc.ca/en/ecole/universite-du-quebec-a-trois-rivieres-uqtr/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://study.unimelb.edu.au/how-to-apply/international-exchange-and-study-abroad-applications" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yorkinternational.yorku.ca/global-learning/incoming-global-learning/explore-academic-exchange/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isss.ucsc.edu/students/exchange/index.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tru.ca/studyabroad.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.umt.edu/international-programs/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iiitb.ac.in/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iisc.ernet.in/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iiitb.ac.in/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.up.ac.za/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jiit.ac.in/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rmit.edu.au/study-with-us/international-students/apply-to-rmit-international-students/entry-requirements/english-requirements/study-abroad-and-exchange-language-requirements" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sydney.edu.au/study/why-choose-sydney/study-abroad-and-exchange.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uwo.ca/index.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://global.ubc.ca/go-global/international-experiences/exchange" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mcgill.ca/mcgillabroad/students-coming-mcgill" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.brooklyn.cuny.edu/web/admissions/international.php" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studyabroad.fiu.edu/incoming-exchange-students/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mercy.edu/admissions-aid/international-admissions" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iisc.ernet.in/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sun.ac.za/english/SUInternational/international-students" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uda.ad/internacional/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nau.edu.ua/en/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://echanges-etudiants.bci-qc.ca/en/ecole/universite-du-quebec-en-abitibi-temiscamingue-uqat/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mcgill.ca/mcgillabroad/students-coming-mcgill" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.swinburne.edu.au/abroad/arrivals/index.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://camosun.ca/international/studyabroad/exchange-incoming.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://international.umontreal.ca/english/international-students/why-udem/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wichita.edu/academics/studyabroad/programs/wsuexchange.php" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iisc.ernet.in/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iiitb.ac.in/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.uma.rnu.tn/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rmit.edu.vn/study-at-rmit/international-students/exchange-at-rmit-vietnam" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wwa-international.uqam.ca/Pages/etu_etrangers_ech_bila.aspx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sastra.edu/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sastra.edu/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www2.ulaval.ca/international/etudiants-internationaux/echanges-etudiants.html" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mq.edu.au/study/find-a-course/study-abroad-and-exchange-programs/exchange" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://echanges-etudiants.bci-qc.ca/en/ecole/universite-du-quebec-en-outaouais-uqo/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.concordia.ca/students/exchanges/csep.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studyabroad.fiu.edu/incoming-exchange-students/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.utrgv.edu/ipp/study-abroad/exchange-programs/index.htm" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iisc.ernet.in/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rmit.edu.au/study-with-us/international-students/apply-to-rmit-international-students/entry-requirements/english-requirements/study-abroad-and-exchange-language-requirements" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://liu.se/en/education/exchange-studies" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://international.ufv.ca/future-students/apply-to-ufv/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sjsu.edu/isss/scholars/exchange/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.up.ac.za/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tru.ca/studyabroad.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucalgary.ca/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://westernsydney.edu.au/globalmobility/studyabroad/home/how_to_apply" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://echanges-etudiants.bci-qc.ca/en/ecole/universite-de-sherbrooke/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EF5F175E-2F52-4AAF-AE07-B8B40B0A1F87}">
   <dimension ref="A1:J69"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="4" ySplit="1" topLeftCell="E65" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="4" ySplit="1" topLeftCell="E2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
-      <selection pane="bottomRight" activeCell="A73" activeCellId="10" sqref="A63:XFD63 A64:XFD64 A65:XFD65 A66:XFD66 A67:XFD67 A68:XFD68 A69:XFD69 A70:XFD70 A71:XFD71 A72:XFD72 A73:XFD73"/>
+      <selection pane="bottomRight" activeCell="E31" sqref="E31"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="25" style="5" customWidth="1"/>
-    <col min="2" max="2" width="13.26953125" style="5" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="11" max="16384" width="8.7265625" style="5"/>
+    <col min="2" max="2" width="13.28515625" style="5" customWidth="1"/>
+    <col min="3" max="3" width="61.28515625" style="5" customWidth="1"/>
+    <col min="4" max="4" width="20.5703125" style="32" customWidth="1"/>
+    <col min="5" max="5" width="46.42578125" style="5" customWidth="1"/>
+    <col min="6" max="6" width="17.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="13.7109375" style="5" customWidth="1"/>
+    <col min="8" max="8" width="23.28515625" style="5" customWidth="1"/>
+    <col min="9" max="9" width="109.7109375" style="5" customWidth="1"/>
+    <col min="10" max="10" width="81.7109375" style="5" customWidth="1"/>
+    <col min="11" max="16384" width="8.7109375" style="5"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" s="14" customFormat="1" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:10" s="14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="13"/>
       <c r="B1" s="13" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="13" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="30" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="13" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="13" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="13" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="13" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="13" t="s">
         <v>7</v>
       </c>
       <c r="J1" s="13" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="2" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="6"/>
       <c r="B2" s="6" t="s">
         <v>9</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D2" s="16" t="s">
         <v>11</v>
       </c>
       <c r="E2" s="6" t="s">
         <v>12</v>
       </c>
       <c r="F2" s="5">
         <v>1</v>
       </c>
       <c r="G2" s="5">
         <v>10</v>
       </c>
       <c r="H2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I2" s="6"/>
     </row>
-    <row r="3" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="8"/>
       <c r="B3" s="6" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>39</v>
       </c>
       <c r="D3" s="16" t="s">
         <v>40</v>
       </c>
       <c r="E3" s="6" t="s">
         <v>41</v>
       </c>
       <c r="F3" s="9">
         <v>1</v>
       </c>
       <c r="G3" s="5">
         <v>10</v>
       </c>
       <c r="H3" s="5" t="s">
         <v>38</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>42</v>
       </c>
       <c r="J3" s="26" t="s">
         <v>221</v>
       </c>
     </row>
-    <row r="4" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="8"/>
       <c r="B4" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D4" s="16" t="s">
         <v>32</v>
       </c>
       <c r="E4" s="8" t="s">
         <v>33</v>
       </c>
       <c r="F4" s="9">
         <v>3</v>
       </c>
       <c r="G4" s="5">
         <v>10</v>
       </c>
       <c r="H4" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I4" s="27" t="s">
         <v>239</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="5" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="8"/>
       <c r="B5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D5" s="16" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="8" t="s">
         <v>20</v>
       </c>
       <c r="F5" s="9">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G5" s="5">
         <v>5</v>
       </c>
       <c r="H5" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I5" s="10" t="s">
         <v>219</v>
       </c>
       <c r="J5" s="5" t="s">
         <v>220</v>
       </c>
     </row>
-    <row r="6" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="8"/>
       <c r="B6" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="16" t="s">
         <v>19</v>
       </c>
       <c r="E6" s="8" t="s">
         <v>20</v>
       </c>
       <c r="F6" s="9">
         <v>1</v>
       </c>
       <c r="G6" s="5">
         <v>5</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>249</v>
       </c>
       <c r="I6" s="10" t="s">
         <v>219</v>
       </c>
       <c r="J6" s="5" t="s">
         <v>220</v>
       </c>
     </row>
-    <row r="7" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="8"/>
       <c r="B7" s="6" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D7" s="16" t="s">
         <v>36</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="F7" s="9">
         <v>5</v>
       </c>
       <c r="G7" s="9">
         <v>10</v>
       </c>
       <c r="H7" s="5" t="s">
         <v>38</v>
       </c>
       <c r="I7" s="28" t="s">
         <v>240</v>
       </c>
       <c r="J7" s="28" t="s">
         <v>236</v>
       </c>
     </row>
-    <row r="8" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="6"/>
       <c r="B8" s="6" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="16" t="s">
         <v>16</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F8" s="5">
         <v>5</v>
       </c>
       <c r="G8" s="5">
         <v>10</v>
       </c>
       <c r="H8" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I8" s="27" t="s">
         <v>260</v>
       </c>
       <c r="J8" s="26" t="s">
         <v>235</v>
       </c>
     </row>
-    <row r="9" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="8"/>
       <c r="B9" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D9" s="16" t="s">
         <v>44</v>
       </c>
       <c r="E9" s="8" t="s">
         <v>45</v>
       </c>
       <c r="F9" s="9">
         <v>2</v>
       </c>
       <c r="G9" s="9">
         <v>10</v>
       </c>
       <c r="H9" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I9" s="8" t="s">
         <v>46</v>
       </c>
       <c r="J9" s="28" t="s">
         <v>238</v>
       </c>
     </row>
-    <row r="10" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="8"/>
       <c r="B10" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D10" s="16" t="s">
         <v>28</v>
       </c>
       <c r="E10" s="8" t="s">
         <v>29</v>
       </c>
       <c r="F10" s="9">
         <v>2</v>
       </c>
       <c r="G10" s="5">
         <v>10</v>
       </c>
       <c r="H10" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>30</v>
       </c>
       <c r="J10" s="28" t="s">
         <v>237</v>
       </c>
     </row>
-    <row r="11" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="6"/>
       <c r="B11" s="6" t="s">
         <v>47</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>109</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>111</v>
       </c>
       <c r="F11" s="5">
         <v>2</v>
       </c>
       <c r="G11" s="5">
         <v>5</v>
       </c>
       <c r="H11" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I11" s="27" t="s">
         <v>246</v>
       </c>
       <c r="J11" s="5" t="s">
         <v>230</v>
       </c>
     </row>
-    <row r="12" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="8"/>
       <c r="B12" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>97</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E12" s="8" t="s">
         <v>99</v>
       </c>
       <c r="F12" s="5">
         <v>2</v>
       </c>
       <c r="G12" s="5">
         <v>10</v>
       </c>
       <c r="H12" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I12" s="8" t="s">
         <v>100</v>
       </c>
       <c r="J12" s="19" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="13" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="8"/>
       <c r="B13" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>106</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E13" s="8" t="s">
         <v>108</v>
       </c>
       <c r="F13" s="5">
         <v>2</v>
       </c>
       <c r="G13" s="5">
         <v>10</v>
       </c>
       <c r="H13" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>218</v>
       </c>
       <c r="J13" s="17" t="s">
         <v>229</v>
       </c>
     </row>
-    <row r="14" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="8"/>
       <c r="B14" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>102</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E14" s="8" t="s">
         <v>104</v>
       </c>
       <c r="F14" s="5">
         <v>2</v>
       </c>
       <c r="G14" s="5">
         <v>10</v>
       </c>
       <c r="H14" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I14" s="27" t="s">
         <v>243</v>
       </c>
       <c r="J14" s="17" t="s">
         <v>105</v>
       </c>
     </row>
-    <row r="15" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="8"/>
       <c r="B15" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>90</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E15" s="8" t="s">
         <v>92</v>
       </c>
       <c r="F15" s="5">
         <v>2</v>
       </c>
       <c r="G15" s="5">
         <v>10</v>
       </c>
       <c r="H15" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I15" s="26" t="s">
         <v>245</v>
       </c>
       <c r="J15" s="17" t="s">
         <v>228</v>
       </c>
     </row>
-    <row r="16" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="8"/>
       <c r="B16" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>61</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E16" s="8" t="s">
         <v>63</v>
       </c>
       <c r="F16" s="5">
         <v>2</v>
       </c>
       <c r="G16" s="5">
         <v>3</v>
       </c>
       <c r="H16" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I16" s="8" t="s">
         <v>64</v>
       </c>
       <c r="J16" s="5" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="17" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="8"/>
       <c r="B17" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>61</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E17" s="8" t="s">
         <v>66</v>
       </c>
       <c r="F17" s="5">
         <v>1</v>
       </c>
       <c r="G17" s="5">
         <v>5</v>
       </c>
       <c r="H17" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I17" s="8" t="s">
         <v>64</v>
       </c>
       <c r="J17" s="12" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="18" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="8"/>
       <c r="B18" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>58</v>
       </c>
       <c r="D18" s="16" t="s">
         <v>59</v>
       </c>
       <c r="E18" s="8" t="s">
         <v>60</v>
       </c>
       <c r="F18" s="5">
         <v>4</v>
       </c>
       <c r="G18" s="5">
         <v>5</v>
       </c>
       <c r="H18" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I18" s="27" t="s">
         <v>244</v>
       </c>
       <c r="J18" s="5" t="s">
         <v>224</v>
       </c>
     </row>
-    <row r="19" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="8"/>
       <c r="B19" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>55</v>
       </c>
       <c r="D19" s="16" t="s">
         <v>56</v>
       </c>
       <c r="E19" s="8" t="s">
         <v>215</v>
       </c>
       <c r="F19" s="5">
         <v>2</v>
       </c>
       <c r="G19" s="5">
         <v>5</v>
       </c>
       <c r="H19" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I19" s="27" t="s">
         <v>243</v>
       </c>
       <c r="J19" s="5" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="20" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="8"/>
       <c r="B20" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>55</v>
       </c>
       <c r="D20" s="16" t="s">
         <v>56</v>
       </c>
       <c r="E20" s="8" t="s">
         <v>217</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>251</v>
       </c>
       <c r="G20" s="5">
         <v>10</v>
       </c>
       <c r="H20" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I20" s="27" t="s">
         <v>243</v>
       </c>
       <c r="J20" s="5" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="21" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="8"/>
       <c r="B21" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>55</v>
       </c>
       <c r="D21" s="16" t="s">
         <v>56</v>
       </c>
       <c r="E21" s="8" t="s">
         <v>216</v>
       </c>
       <c r="F21" s="5">
         <v>1</v>
       </c>
       <c r="G21" s="5">
         <v>10</v>
       </c>
       <c r="H21" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I21" s="27" t="s">
         <v>243</v>
       </c>
       <c r="J21" s="5" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="22" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="8"/>
       <c r="B22" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>87</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E22" s="8" t="s">
         <v>76</v>
       </c>
       <c r="F22" s="5">
         <v>2</v>
       </c>
       <c r="G22" s="5">
         <v>5</v>
       </c>
       <c r="H22" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I22" s="8" t="s">
         <v>89</v>
       </c>
       <c r="J22" s="17" t="s">
         <v>227</v>
       </c>
     </row>
-    <row r="23" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="8"/>
       <c r="B23" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>79</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E23" s="8" t="s">
         <v>81</v>
       </c>
       <c r="F23" s="5">
         <v>1</v>
       </c>
       <c r="G23" s="5">
         <v>10</v>
       </c>
       <c r="H23" s="5" t="s">
         <v>38</v>
       </c>
       <c r="I23" s="8" t="s">
         <v>82</v>
       </c>
       <c r="J23" s="17" t="s">
         <v>225</v>
       </c>
     </row>
-    <row r="24" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="8"/>
       <c r="B24" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D24" s="16" t="s">
         <v>53</v>
       </c>
       <c r="E24" s="8" t="s">
         <v>54</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>250</v>
       </c>
       <c r="G24" s="5">
         <v>5</v>
       </c>
       <c r="H24" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I24" s="27" t="s">
         <v>242</v>
       </c>
       <c r="J24" s="5" t="s">
         <v>223</v>
       </c>
     </row>
-    <row r="25" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="8"/>
       <c r="B25" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E25" s="8" t="s">
         <v>254</v>
       </c>
       <c r="F25" s="5">
         <v>2</v>
       </c>
       <c r="G25" s="5">
         <v>10</v>
       </c>
       <c r="H25" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I25" s="27" t="s">
         <v>77</v>
       </c>
       <c r="J25" s="7" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="26" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="8"/>
       <c r="B26" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>83</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E26" s="8" t="s">
         <v>85</v>
       </c>
       <c r="F26" s="5">
         <v>2</v>
       </c>
       <c r="G26" s="5">
         <v>10</v>
       </c>
       <c r="H26" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I26" s="8" t="s">
         <v>86</v>
       </c>
       <c r="J26" s="18" t="s">
         <v>226</v>
       </c>
     </row>
-    <row r="27" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="6"/>
       <c r="B27" s="6" t="s">
         <v>47</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>112</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>114</v>
       </c>
       <c r="F27" s="5">
         <v>1</v>
       </c>
       <c r="G27" s="5">
         <v>10</v>
       </c>
       <c r="H27" s="5" t="s">
         <v>38</v>
       </c>
       <c r="I27" s="27" t="s">
         <v>247</v>
       </c>
       <c r="J27" s="5" t="s">
         <v>231</v>
       </c>
     </row>
-    <row r="28" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="8"/>
       <c r="B28" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>93</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E28" s="8" t="s">
         <v>94</v>
       </c>
       <c r="F28" s="5">
         <v>1</v>
       </c>
       <c r="G28" s="5">
         <v>5</v>
       </c>
       <c r="H28" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>95</v>
       </c>
       <c r="J28" s="5" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="29" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="8"/>
       <c r="B29" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E29" s="8" t="s">
         <v>69</v>
       </c>
       <c r="F29" s="5">
         <v>1</v>
       </c>
       <c r="G29" s="5">
         <v>5</v>
       </c>
       <c r="H29" s="5" t="s">
         <v>38</v>
       </c>
       <c r="I29" s="27" t="s">
         <v>261</v>
       </c>
       <c r="J29" s="7" t="s">
         <v>71</v>
       </c>
     </row>
-    <row r="30" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="8"/>
       <c r="B30" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E30" s="8" t="s">
         <v>72</v>
       </c>
       <c r="F30" s="5">
         <v>1</v>
       </c>
       <c r="G30" s="5">
         <v>5</v>
       </c>
       <c r="H30" s="5" t="s">
         <v>38</v>
       </c>
       <c r="I30" s="27" t="s">
         <v>261</v>
       </c>
       <c r="J30" s="7" t="s">
         <v>71</v>
       </c>
     </row>
-    <row r="31" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="8"/>
       <c r="B31" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>48</v>
       </c>
       <c r="D31" s="16" t="s">
         <v>49</v>
       </c>
       <c r="E31" s="8" t="s">
         <v>50</v>
       </c>
       <c r="F31" s="5">
         <v>2</v>
       </c>
       <c r="G31" s="5">
         <v>5</v>
       </c>
       <c r="H31" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I31" s="28" t="s">
         <v>241</v>
       </c>
       <c r="J31" s="7" t="s">
         <v>222</v>
       </c>
     </row>
-    <row r="32" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="8"/>
       <c r="B32" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>48</v>
       </c>
       <c r="D32" s="16" t="s">
         <v>49</v>
       </c>
       <c r="E32" s="8" t="s">
         <v>51</v>
       </c>
       <c r="F32" s="5">
         <v>1</v>
       </c>
       <c r="G32" s="5">
         <v>5</v>
       </c>
       <c r="H32" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I32" s="28" t="s">
         <v>241</v>
       </c>
       <c r="J32" s="7" t="s">
         <v>222</v>
       </c>
     </row>
-    <row r="33" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="6"/>
       <c r="B33" s="6" t="s">
         <v>115</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>116</v>
       </c>
       <c r="D33" s="16" t="s">
         <v>117</v>
       </c>
       <c r="E33" s="6" t="s">
         <v>118</v>
       </c>
       <c r="F33" s="5">
         <v>4</v>
       </c>
       <c r="G33" s="5">
         <v>10</v>
       </c>
       <c r="H33" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I33" s="6" t="s">
         <v>119</v>
       </c>
     </row>
-    <row r="34" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="8"/>
       <c r="B34" s="6" t="s">
         <v>120</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>146</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>147</v>
       </c>
       <c r="E34" s="8" t="s">
         <v>148</v>
       </c>
       <c r="F34" s="5">
         <v>4</v>
       </c>
       <c r="G34" s="5">
         <v>10</v>
       </c>
       <c r="H34" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I34" s="8" t="s">
         <v>149</v>
       </c>
       <c r="J34" s="17" t="s">
         <v>232</v>
       </c>
     </row>
-    <row r="35" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="6"/>
       <c r="B35" s="6" t="s">
         <v>120</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>150</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>152</v>
       </c>
       <c r="F35" s="5">
         <v>3</v>
       </c>
       <c r="G35" s="5">
         <v>10</v>
       </c>
       <c r="H35" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I35" s="27" t="s">
         <v>246</v>
       </c>
       <c r="J35" s="17" t="s">
         <v>153</v>
       </c>
     </row>
-    <row r="36" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="6"/>
       <c r="B36" s="6" t="s">
         <v>120</v>
       </c>
       <c r="C36" s="4" t="s">
         <v>154</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E36" s="6" t="s">
         <v>155</v>
       </c>
-      <c r="F36" s="5">
-        <v>7</v>
+      <c r="F36" s="33">
+        <v>8</v>
       </c>
       <c r="G36" s="5">
         <v>10</v>
       </c>
       <c r="H36" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I36" s="6" t="s">
         <v>156</v>
       </c>
       <c r="J36" s="20" t="s">
         <v>233</v>
       </c>
     </row>
-    <row r="37" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="6"/>
       <c r="B37" s="6" t="s">
         <v>120</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>126</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E37" s="6" t="s">
         <v>128</v>
       </c>
       <c r="F37" s="5">
         <v>3</v>
       </c>
       <c r="G37" s="5">
         <v>5</v>
       </c>
       <c r="I37" s="6" t="s">
         <v>129</v>
       </c>
       <c r="J37" s="5" t="s">
         <v>130</v>
       </c>
     </row>
-    <row r="38" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="6"/>
       <c r="B38" s="6" t="s">
         <v>120</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>126</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E38" s="6" t="s">
         <v>131</v>
       </c>
       <c r="F38" s="5">
         <v>3</v>
       </c>
       <c r="G38" s="5">
         <v>5</v>
       </c>
       <c r="H38" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I38" s="6" t="s">
         <v>132</v>
       </c>
       <c r="J38" s="5" t="s">
         <v>130</v>
       </c>
     </row>
-    <row r="39" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="8"/>
       <c r="B39" s="8" t="s">
         <v>120</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>157</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>158</v>
       </c>
       <c r="E39" s="8" t="s">
         <v>131</v>
       </c>
       <c r="F39" s="5">
         <v>4</v>
       </c>
       <c r="G39" s="5">
         <v>10</v>
       </c>
       <c r="I39" s="8" t="s">
         <v>159</v>
       </c>
       <c r="J39" s="5" t="s">
         <v>160</v>
       </c>
     </row>
-    <row r="40" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="6"/>
       <c r="B40" s="6" t="s">
         <v>120</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>133</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E40" s="6" t="s">
         <v>135</v>
       </c>
       <c r="F40" s="5">
         <v>2</v>
       </c>
       <c r="G40" s="5">
         <v>10</v>
       </c>
       <c r="H40" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I40" s="6" t="s">
         <v>136</v>
       </c>
       <c r="J40" s="5" t="s">
         <v>232</v>
       </c>
     </row>
-    <row r="41" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="6"/>
       <c r="B41" s="6" t="s">
         <v>120</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>121</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E41" s="6" t="s">
         <v>123</v>
       </c>
       <c r="F41" s="7" t="s">
         <v>252</v>
       </c>
       <c r="G41" s="5">
         <v>10</v>
       </c>
       <c r="H41" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I41" s="6" t="s">
         <v>124</v>
       </c>
       <c r="J41" s="5" t="s">
         <v>125</v>
       </c>
     </row>
-    <row r="42" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="42" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="6"/>
       <c r="B42" s="6" t="s">
         <v>120</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>137</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>138</v>
       </c>
       <c r="E42" s="6" t="s">
         <v>139</v>
       </c>
       <c r="F42" s="5">
         <v>2</v>
       </c>
       <c r="G42" s="5">
         <v>10</v>
       </c>
       <c r="H42" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I42" s="6" t="s">
         <v>140</v>
       </c>
       <c r="J42" s="23" t="s">
         <v>255</v>
       </c>
     </row>
-    <row r="43" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="6"/>
       <c r="B43" s="6" t="s">
         <v>120</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>141</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>142</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>143</v>
       </c>
       <c r="F43" s="5">
         <v>2</v>
       </c>
       <c r="G43" s="5">
         <v>10</v>
       </c>
       <c r="H43" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I43" s="5" t="s">
         <v>144</v>
       </c>
       <c r="J43" s="5" t="s">
         <v>145</v>
       </c>
     </row>
-    <row r="44" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="6"/>
       <c r="B44" s="6" t="s">
         <v>120</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>161</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>162</v>
       </c>
       <c r="E44" s="6" t="s">
         <v>163</v>
       </c>
       <c r="F44" s="5">
         <v>1</v>
       </c>
       <c r="G44" s="5">
         <v>5</v>
       </c>
       <c r="H44" s="5" t="s">
         <v>38</v>
       </c>
       <c r="I44" s="27" t="s">
         <v>248</v>
       </c>
       <c r="J44" s="28" t="s">
         <v>234</v>
       </c>
     </row>
-    <row r="45" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="45" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="6"/>
       <c r="B45" s="6" t="s">
         <v>164</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>171</v>
       </c>
       <c r="D45" s="16" t="s">
         <v>172</v>
       </c>
       <c r="E45" s="6" t="s">
         <v>170</v>
       </c>
       <c r="F45" s="5">
         <v>1</v>
       </c>
       <c r="G45" s="5">
         <v>10</v>
       </c>
       <c r="H45" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I45" s="6"/>
     </row>
-    <row r="46" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="6"/>
       <c r="B46" s="6" t="s">
         <v>164</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>171</v>
       </c>
       <c r="D46" s="16" t="s">
         <v>172</v>
       </c>
       <c r="E46" s="6" t="s">
         <v>173</v>
       </c>
       <c r="F46" s="5">
         <v>1</v>
       </c>
       <c r="G46" s="5">
         <v>10</v>
       </c>
       <c r="H46" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I46" s="6"/>
     </row>
-    <row r="47" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="47" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="6"/>
       <c r="B47" s="6" t="s">
         <v>164</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>171</v>
       </c>
       <c r="D47" s="16" t="s">
         <v>172</v>
       </c>
       <c r="E47" s="6" t="s">
         <v>167</v>
       </c>
       <c r="F47" s="5">
         <v>1</v>
       </c>
       <c r="G47" s="5">
         <v>10</v>
       </c>
       <c r="H47" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I47" s="6"/>
     </row>
-    <row r="48" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="48" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="6"/>
       <c r="B48" s="6" t="s">
         <v>164</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>171</v>
       </c>
       <c r="D48" s="16" t="s">
         <v>172</v>
       </c>
       <c r="E48" s="6" t="s">
         <v>168</v>
       </c>
       <c r="F48" s="5">
         <v>1</v>
       </c>
       <c r="G48" s="5">
         <v>10</v>
       </c>
       <c r="H48" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I48" s="6"/>
     </row>
-    <row r="49" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="49" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="6"/>
       <c r="B49" s="6" t="s">
         <v>164</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>171</v>
       </c>
       <c r="D49" s="16" t="s">
         <v>172</v>
       </c>
       <c r="E49" s="6" t="s">
         <v>174</v>
       </c>
       <c r="F49" s="5">
         <v>1</v>
       </c>
       <c r="G49" s="5">
         <v>10</v>
       </c>
       <c r="H49" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I49" s="6"/>
     </row>
-    <row r="50" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="6"/>
       <c r="B50" s="6" t="s">
         <v>164</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>175</v>
       </c>
       <c r="D50" s="16" t="s">
         <v>176</v>
       </c>
       <c r="E50" s="6" t="s">
         <v>168</v>
       </c>
       <c r="F50" s="5">
         <v>3</v>
       </c>
       <c r="G50" s="5">
         <v>10</v>
       </c>
       <c r="H50" s="5" t="s">
         <v>177</v>
       </c>
       <c r="I50" s="6"/>
     </row>
-    <row r="51" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="51" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="6"/>
       <c r="B51" s="6" t="s">
         <v>164</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>175</v>
       </c>
       <c r="D51" s="16" t="s">
         <v>176</v>
       </c>
       <c r="E51" s="6" t="s">
         <v>170</v>
       </c>
       <c r="F51" s="5">
         <v>3</v>
       </c>
       <c r="G51" s="5">
         <v>10</v>
       </c>
       <c r="H51" s="5" t="s">
         <v>177</v>
       </c>
       <c r="I51" s="6"/>
     </row>
-    <row r="52" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="52" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="6"/>
       <c r="B52" s="6" t="s">
         <v>164</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>175</v>
       </c>
       <c r="D52" s="16" t="s">
         <v>176</v>
       </c>
       <c r="E52" s="6" t="s">
         <v>169</v>
       </c>
       <c r="F52" s="5">
         <v>3</v>
       </c>
       <c r="G52" s="5">
         <v>10</v>
       </c>
       <c r="H52" s="5" t="s">
         <v>177</v>
       </c>
       <c r="I52" s="6"/>
     </row>
-    <row r="53" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="53" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="6"/>
       <c r="B53" s="6" t="s">
         <v>164</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>175</v>
       </c>
       <c r="D53" s="16" t="s">
         <v>176</v>
       </c>
       <c r="E53" s="6" t="s">
         <v>167</v>
       </c>
       <c r="F53" s="5">
         <v>3</v>
       </c>
       <c r="G53" s="5">
         <v>10</v>
       </c>
       <c r="H53" s="5" t="s">
         <v>177</v>
       </c>
       <c r="I53" s="6"/>
     </row>
-    <row r="54" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="6"/>
       <c r="B54" s="6" t="s">
         <v>164</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>178</v>
       </c>
       <c r="D54" s="16" t="s">
         <v>179</v>
       </c>
       <c r="E54" s="6" t="s">
         <v>180</v>
       </c>
       <c r="F54" s="9" t="s">
         <v>181</v>
       </c>
       <c r="G54" s="5">
         <v>10</v>
       </c>
       <c r="H54" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I54" s="6"/>
     </row>
-    <row r="55" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="55" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="6"/>
       <c r="B55" s="6" t="s">
         <v>164</v>
       </c>
       <c r="C55" s="6" t="s">
         <v>165</v>
       </c>
       <c r="D55" s="16" t="s">
         <v>166</v>
       </c>
       <c r="E55" s="6" t="s">
         <v>167</v>
       </c>
       <c r="F55" s="5">
         <v>1</v>
       </c>
       <c r="G55" s="5">
         <v>10</v>
       </c>
       <c r="H55" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I55" s="6"/>
     </row>
-    <row r="56" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="56" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="6"/>
       <c r="B56" s="6" t="s">
         <v>164</v>
       </c>
       <c r="C56" s="6" t="s">
         <v>165</v>
       </c>
       <c r="D56" s="16" t="s">
         <v>166</v>
       </c>
       <c r="E56" s="6" t="s">
         <v>168</v>
       </c>
       <c r="F56" s="5">
         <v>1</v>
       </c>
       <c r="G56" s="5">
         <v>10</v>
       </c>
       <c r="H56" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I56" s="6"/>
     </row>
-    <row r="57" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="57" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="6"/>
       <c r="B57" s="6" t="s">
         <v>164</v>
       </c>
       <c r="C57" s="6" t="s">
         <v>165</v>
       </c>
       <c r="D57" s="16" t="s">
         <v>166</v>
       </c>
       <c r="E57" s="6" t="s">
         <v>169</v>
       </c>
       <c r="F57" s="5">
         <v>1</v>
       </c>
       <c r="G57" s="5">
         <v>10</v>
       </c>
       <c r="H57" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I57" s="6"/>
     </row>
-    <row r="58" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="58" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="6"/>
       <c r="B58" s="6" t="s">
         <v>164</v>
       </c>
       <c r="C58" s="6" t="s">
         <v>165</v>
       </c>
       <c r="D58" s="16" t="s">
         <v>166</v>
       </c>
       <c r="E58" s="6" t="s">
         <v>170</v>
       </c>
       <c r="F58" s="5">
         <v>1</v>
       </c>
       <c r="G58" s="5">
         <v>10</v>
       </c>
       <c r="H58" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I58" s="6"/>
     </row>
-    <row r="59" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="59" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="6"/>
       <c r="B59" s="6" t="s">
         <v>164</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>182</v>
       </c>
       <c r="D59" s="16" t="s">
         <v>183</v>
       </c>
       <c r="E59" s="6" t="s">
         <v>184</v>
       </c>
       <c r="F59" s="5">
         <v>1</v>
       </c>
       <c r="G59" s="5">
         <v>10</v>
       </c>
       <c r="H59" s="5" t="s">
         <v>177</v>
       </c>
       <c r="I59" s="6"/>
     </row>
-    <row r="60" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="60" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="6"/>
       <c r="B60" s="6" t="s">
         <v>164</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>182</v>
       </c>
       <c r="D60" s="16" t="s">
         <v>183</v>
       </c>
       <c r="E60" s="6" t="s">
         <v>184</v>
       </c>
       <c r="F60" s="5">
         <v>2</v>
       </c>
       <c r="G60" s="5">
         <v>10</v>
       </c>
       <c r="H60" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I60" s="6"/>
     </row>
-    <row r="61" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="61" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="6"/>
       <c r="B61" s="6" t="s">
         <v>185</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>186</v>
       </c>
       <c r="D61" s="16" t="s">
         <v>187</v>
       </c>
       <c r="E61" s="6" t="s">
         <v>188</v>
       </c>
       <c r="F61" s="5">
         <v>4</v>
       </c>
       <c r="G61" s="5">
         <v>10</v>
       </c>
       <c r="H61" s="5" t="s">
         <v>38</v>
       </c>
       <c r="I61" s="21" t="s">
         <v>253</v>
       </c>
     </row>
-    <row r="62" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="62" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="6"/>
       <c r="B62" s="6" t="s">
         <v>185</v>
       </c>
       <c r="C62" s="29" t="s">
         <v>257</v>
       </c>
       <c r="D62" s="16" t="s">
         <v>256</v>
       </c>
       <c r="E62" s="6" t="s">
         <v>259</v>
       </c>
       <c r="F62" s="5">
         <v>2</v>
       </c>
       <c r="G62" s="5">
         <v>10</v>
       </c>
       <c r="H62" s="5" t="s">
         <v>38</v>
       </c>
       <c r="I62" s="21" t="s">
         <v>258</v>
       </c>
     </row>
-    <row r="63" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="63" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="6" t="s">
         <v>196</v>
       </c>
       <c r="B63" s="6" t="s">
         <v>190</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>197</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>198</v>
       </c>
       <c r="E63" s="8" t="s">
         <v>199</v>
       </c>
       <c r="F63" s="5">
         <v>2</v>
       </c>
       <c r="G63" s="5">
         <v>10</v>
       </c>
       <c r="H63" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I63" s="5" t="s">
         <v>200</v>
       </c>
     </row>
-    <row r="64" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="64" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="6" t="s">
         <v>201</v>
       </c>
       <c r="B64" s="6" t="s">
         <v>190</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>197</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>198</v>
       </c>
       <c r="E64" s="8" t="s">
         <v>202</v>
       </c>
       <c r="F64" s="5">
         <v>2</v>
       </c>
       <c r="G64" s="5">
         <v>5</v>
       </c>
       <c r="H64" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I64" s="5" t="s">
         <v>200</v>
       </c>
     </row>
-    <row r="65" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="65" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="6"/>
       <c r="B65" s="6" t="s">
         <v>190</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>191</v>
       </c>
       <c r="D65" s="31" t="s">
         <v>192</v>
       </c>
       <c r="E65" s="6" t="s">
         <v>193</v>
       </c>
       <c r="F65" s="5">
         <v>2</v>
       </c>
       <c r="G65" s="5">
         <v>10</v>
       </c>
       <c r="H65" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I65" s="5" t="s">
         <v>194</v>
       </c>
       <c r="J65" s="5" t="s">
         <v>195</v>
       </c>
     </row>
-    <row r="66" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="66" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="6"/>
       <c r="B66" s="6" t="s">
         <v>203</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>204</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>205</v>
       </c>
       <c r="E66" s="8" t="s">
         <v>206</v>
       </c>
       <c r="F66" s="5">
         <v>2</v>
       </c>
       <c r="G66" s="5">
         <v>2</v>
       </c>
       <c r="H66" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I66" s="5" t="s">
         <v>207</v>
       </c>
       <c r="J66" s="5" t="s">
         <v>207</v>
       </c>
     </row>
-    <row r="67" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="67" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="6"/>
       <c r="B67" s="6" t="s">
         <v>212</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>213</v>
       </c>
       <c r="D67" s="16" t="s">
         <v>214</v>
       </c>
       <c r="E67" s="6" t="s">
         <v>78</v>
       </c>
       <c r="F67" s="5">
         <v>3</v>
       </c>
       <c r="G67" s="5">
         <v>10</v>
       </c>
       <c r="H67" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I67" s="6"/>
     </row>
-    <row r="68" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="68" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="6"/>
       <c r="B68" s="6" t="s">
         <v>208</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>209</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>210</v>
       </c>
       <c r="E68" s="8" t="s">
         <v>184</v>
       </c>
       <c r="F68" s="5">
         <v>2</v>
       </c>
       <c r="G68" s="5">
         <v>5</v>
       </c>
       <c r="H68" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I68" s="22" t="s">
         <v>211</v>
       </c>
       <c r="J68" s="5" t="s">
         <v>189</v>
       </c>
     </row>
-    <row r="69" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="69" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B69" s="5" t="s">
         <v>23</v>
       </c>
       <c r="C69" s="11" t="s">
         <v>24</v>
       </c>
       <c r="D69" s="16" t="s">
         <v>25</v>
       </c>
       <c r="E69" s="24" t="s">
         <v>26</v>
       </c>
       <c r="F69" s="5">
         <v>1</v>
       </c>
       <c r="G69" s="5">
         <v>5</v>
       </c>
       <c r="H69" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I69" s="10" t="s">
         <v>21</v>
       </c>
       <c r="J69" s="25" t="s">
@@ -3778,103 +3779,103 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="c0983f89-a1cb-4442-b4b9-3c8b9e162bd0" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="ee1f67ce-da88-4dfb-a650-0f0da831f464">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81C95550-0F29-49CB-85D4-FECDD2B83EAA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ee1f67ce-da88-4dfb-a650-0f0da831f464"/>
     <ds:schemaRef ds:uri="c0983f89-a1cb-4442-b4b9-3c8b9e162bd0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B48E05D1-0ADD-4114-B83E-F81F018A5421}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB742244-8E4F-4639-A60B-DFCD77334885}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="c0983f89-a1cb-4442-b4b9-3c8b9e162bd0"/>
     <ds:schemaRef ds:uri="ee1f67ce-da88-4dfb-a650-0f0da831f464"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B48E05D1-0ADD-4114-B83E-F81F018A5421}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fulls de càlcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Full1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>