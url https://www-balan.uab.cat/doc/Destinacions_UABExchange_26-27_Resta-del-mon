--- v1 (2025-11-04)
+++ v2 (2025-12-26)
@@ -2,89 +2,89 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://uab.sharepoint.com/sites/ARIEquipIntercanvis/Documentos compartidos/General/CONVOCATÒRIES 2026-27/DESTINACIONS/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://uab-my.sharepoint.com/personal/1800251_uab_cat/Documents/Escriptori/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="71" documentId="8_{95FB10CC-64FC-4E03-84E7-48ECE31A7C77}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7E264CEC-498C-43D3-88C7-283F46BCD2F6}"/>
+  <xr:revisionPtr revIDLastSave="79" documentId="8_{95FB10CC-64FC-4E03-84E7-48ECE31A7C77}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{FF2CDF9D-5D03-4A8F-AC1B-31E9A3E91DFA}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{A4F200C0-2F70-4522-8BE0-44ECE356A929}"/>
   </bookViews>
   <sheets>
     <sheet name="Full1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Full1!$A$1:$J$69</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="448" uniqueCount="262">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="448" uniqueCount="261">
   <si>
     <t>PAÍS</t>
   </si>
   <si>
     <t>UNIVERSITAT</t>
   </si>
   <si>
     <t>CODI UNIVERSITAT</t>
   </si>
   <si>
     <t>ÀREA D'ESTUDIS</t>
   </si>
   <si>
     <t>Nº PLACES</t>
   </si>
   <si>
     <t>MESOS</t>
   </si>
   <si>
     <t>NIVELL D'ESTUDIS</t>
   </si>
   <si>
     <t xml:space="preserve">REQUISITS D'IDIOMA </t>
   </si>
   <si>
@@ -154,54 +154,50 @@
   <si>
     <t xml:space="preserve">
 Totes les àrees, excepte Comunicació, Polítiques i Sociologia, Medicina, Infermeria, Fisioteràpia i Veterinària.</t>
   </si>
   <si>
     <t>IELTS: 6.0 overall (no band below 5.5)
 TOEFL (internet-based): 75 (no band score below 17)</t>
   </si>
   <si>
     <t>The University of Melbourne</t>
   </si>
   <si>
     <t>AUSMELBOUR03</t>
   </si>
   <si>
     <t>Tots els centres, excepte Medicina, Infermeria, Fisioteràpia</t>
   </si>
   <si>
     <t>The equivalent to a minimum ‘C’ average in the European system; or 3.0 grade point</t>
   </si>
   <si>
     <t>The University of Sydney</t>
   </si>
   <si>
     <t>AUSSYDNEY04</t>
-  </si>
-[...2 lines deleted...]
-Tots els centres. </t>
   </si>
   <si>
     <t>Grau/Màster</t>
   </si>
   <si>
     <t>The University of Western Australia</t>
   </si>
   <si>
     <t>AUSCRAWLEY01</t>
   </si>
   <si>
     <t>105 - Facultat de Comunicació, 114 Facultat d'Economia i Empresa, 101- Facultat de Filosofia i Lletres, 108 - Facultat de Polítiques i Sociologia, 103 - Facultat de Ciències, 113 - Facultat de Biociències, 110 - Facultat de Traducció e Interpretació, 115 - Escola d'Enginyeria</t>
   </si>
   <si>
     <t>IELTS: 6.5 (no band below 6.0).
 TOEFL (iBT): 82 (with minimum scores
 of 22 Writing, 18 Reading, 20 Speaking
 and 20 Listening)                                                                                                                                                                                                                                                                       CAE (Cambridge Advanced): Results are valid for two years only</t>
   </si>
   <si>
     <t>Western Sydney University</t>
   </si>
   <si>
     <t>AUSSYDNEY06</t>
   </si>
@@ -246,54 +242,50 @@
     <t>Nota mínima de 3 sobre 4.</t>
   </si>
   <si>
     <t>The University of Western Ontario</t>
   </si>
   <si>
     <t>CANLONDON01</t>
   </si>
   <si>
     <t>101 Facultat de Filosofia i Lletres, 103 - Facultat de Ciències, 105 - Facultat de Ciències de la Comunicació, 106 - Facultat de Dret, 108 - Facultat de Ciències Polítiques i Sociologia, 109, Facultat de Psicologia, 111 - Facultat de Ciències de l'Educació, 113 - Facultat de Biociències, 114 - Facultat d'Economia i Empresa, 115 - Escola d'Enginyeria</t>
   </si>
   <si>
     <t>Thompson Rivers University</t>
   </si>
   <si>
     <t>CANKAMLOOP01</t>
   </si>
   <si>
     <t>102 - Facultat de Medicina - Infermeria pràctiques</t>
   </si>
   <si>
     <t xml:space="preserve">Cal acreditar nivell d'anglès (TOEFL o altres certificacions) IELTS: 6.5+ with no bands below 6.0; TOEFL: 88+ with no section below 20. </t>
   </si>
   <si>
     <t xml:space="preserve"> Nota mitjana: Minimum GPA of 2.5 is required to study at TRU.</t>
-  </si>
-[...2 lines deleted...]
-101 -  Facultat de Filosofia i Lletres, 103 -  Facultat de Ciències, 105 -  Facultat de Ciències de la Comunicació, 106 -  Facultat de Dret, 108 -  Facultat de Ciències Polítiques i de Sociologia, 109 -  Facultat de Psicologia, 110 -  Facultat de Traducció i d'Interpretació, 111 -  Facultat de Ciències de l'Educació, 113 -  Facultat de Biociències, 114 -  Facultat d'Economia i Empresa, 115 -  Escola d'Enginyeria, 502 -  Escola Universitària d'Infermeria de l'Hospital de la Santa Creu i Sant Pau, 503 -  Escola Universitària d'Infermeria i Fisioteràpia Gimbernat, 506 -  Escola Universitària d'Infermeria i Teràpia Ocupacional de Terrassa, 508 -  Escola Universitaria d'Informàtica Tomàs Cerdà, 509 -  Escola Universitària de Ciències de la Salut (Manresa), 510 -  Escola Universitària Salesians de Sarrià, 512 -  Escola Universitària d'Empresarials de Manresa, 5282 - Escola FUAB - Formació, 800 -  Eina, Centre Universitari de Disseny i Art de Barcelona, 805 -  Escola Massana, Centre Municipal d'Art i Disseny                                        </t>
   </si>
   <si>
     <t>Univeristy of British Columbia</t>
   </si>
   <si>
     <t>CANVANCOUV01</t>
   </si>
   <si>
     <t>Campus Vancouver - El campus de Vancouver només està obert a acollir estudiants de Dret, Psicologia, Filosofia i Lletres, Traducció i Interpretació, Polítiques i Comunicació.</t>
   </si>
   <si>
     <t>CANTROISRI01</t>
   </si>
   <si>
     <t>Nota mitjana: GPA requirement: minimum 70% on average or equivalent ranking in the top half of the student's class in previous academic work at the home university (OR B OR 2.8 on a 4.33 scale; OR 3.0 on a 4.0 scale).</t>
   </si>
   <si>
     <t xml:space="preserve">Campus Okanagan - El campus de Okanagan no accepta estudiants d'Infermeria, Medicina, Economia i Educació </t>
   </si>
   <si>
     <t>Université de Laval</t>
   </si>
   <si>
     <t>CANQUEBEC02</t>
   </si>
@@ -527,53 +519,50 @@
   <si>
     <t>103 - Facultat de Ciències (Física), 108 - Facultat de Ciències Polítiques i Sociologia, 109 - Facultat de Psicologia, 110 - Facultat de Traducció i Interpretació, 114 - Facultat d'Economia i Empresa, 115 - Escola d'Enginyeria</t>
   </si>
   <si>
     <t>Requisit anglès: TOEFL: minimum 79. IELTS: minimum 6.5. (els certificats d'anglès no poden tenir més de 2 anys d'antiguitat en el moment de la sol·licitud a la UTRGV.</t>
   </si>
   <si>
     <t>University of California - Campus de Santa Cruz</t>
   </si>
   <si>
     <t>USACALIFOR01</t>
   </si>
   <si>
     <t>101 - Facultat de Filosofia i Lletres
 103 - Facultat de Ciències
 105 - Facultat de Ciències de la Comunicació
 106 - Facultat de Dret
 108 - Facultat de Ciències Polítiques i de Sociologia
 110 - Facultat de Traducció i d'Interpretació
 111 - Facultat de Ciències de l'Educació
 113 - Facultat de Biociències
 114 - Facultat d'Economia i Empresa
 115 - Escola d'Enginyeria</t>
   </si>
   <si>
-    <t>Nota mitjana: Minimum of 2.5 GPA on a 4-point scale (or its equivalent)</t>
-[...1 lines deleted...]
-  <si>
     <t>University of California _ Tots els campus</t>
   </si>
   <si>
     <t>101 -  Facultat de Filosofia i Lletres, 103 -  Facultat de Ciències, 105 -  Facultat de Ciències de la Comunicació, 106 -  Facultat de Dret, 108 -  Facultat de Ciències Polítiques i de Sociologia, 109 -  Facultat de Psicologia, 110 -  Facultat de Traducció i d'Interpretació, 111 -  Facultat de Ciències de l'Educació, 113 -  Facultat de Biociències, 114 -  Facultat d'Economia i Empresa, 115 -  Escola d'Enginyeria, 508 -  Escola Universitaria d'Informàtica Tomàs Cerdà, 510 -  Escola Universitària Salesians de Sarrià, 5282 - Escola FUAB - Formació, 800 - Eina, Centre Universitari de Disseny i Art de Barcelona, 805 - Escola Massana, Centre Municipal d'Art i Disseny
 805 - Escola Massana, Centre Municipal d'Art i Disseny</t>
   </si>
   <si>
     <t xml:space="preserve">Cal acreditar nivell d'anglès (TOEFL iBT: 80-83 o IELTS: 6.5-7 o Cambridge: CAE - C1 o CPE). El certificat d'idiomes TOEFL i IELTS no pot tenir més de 2 anys d'antiguitat. </t>
   </si>
   <si>
     <t>University of Montana</t>
   </si>
   <si>
     <t>USAMISSOUL01</t>
   </si>
   <si>
     <t>Cal acreditar nivell d'anglès (TOEFL iBT: 70 , IELTS: 6, MELAB: 74). Per als alumnes de Dret: mínimum 100iBT in TOEFL or equivalent score in IELTS or MELAB</t>
   </si>
   <si>
     <t>Nota mitjana: Minimum GPA of 2.8/4</t>
   </si>
   <si>
     <t>Wichita State University</t>
   </si>
   <si>
@@ -767,53 +756,50 @@
     <t>Minimum GPA of 2.7 on a 4.0 scale,</t>
   </si>
   <si>
     <t>Not specify a minimum GPA</t>
   </si>
   <si>
     <t>You must have a “good grade-point average” (no specific GPA cutoff is published).</t>
   </si>
   <si>
     <t>A GPA equivalent to 2.7–3.0 on a 4.0 scale</t>
   </si>
   <si>
     <t>UQAR does not specify a strict GPA cutoff</t>
   </si>
   <si>
     <t>GPA 2.5 and 3.3 on a 4.0 scale.</t>
   </si>
   <si>
     <t>Minimum GPA of 2.8 on a 4.0 scale</t>
   </si>
   <si>
     <t>The minimum GPA required for exchange students is 2.5 on a 4.0 scale</t>
   </si>
   <si>
     <t>Minimum GPA of 3.0 on a 4.0 scale.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Conveni pendent de renovació.  Prospective applicants must have the UC equivalent of a B average or higher. / Minimum of 2.5 GPA on a 4-point scale (or its equivalent)</t>
   </si>
   <si>
     <t>Minimum GPA of 2.5 on a 4.0 scale</t>
   </si>
   <si>
     <t>GPA of around 2.7–3.0 out of 4.0,</t>
   </si>
   <si>
     <t>Have a minimum cumulative GPA of 3.0 on a 4.0 scale</t>
   </si>
   <si>
     <t>GPA  2.6 out of 4.0,</t>
   </si>
   <si>
     <t>Have a cumulative GPA of 3.5 or above (on a 7.0 scale, which is the Australian standard)</t>
   </si>
   <si>
     <t>IELTS Academic6.5 TOEFL iBT 79</t>
   </si>
   <si>
     <t>IELTS (Academic): Overall score of 6.5, with no band below 6.0 / TOEFL iBT: Overall score of 85</t>
   </si>
   <si>
     <t>IELTS (Academic): Overall score of  6.0 / TOEFL iBT: Overall score of 78</t>
   </si>
@@ -914,50 +900,61 @@
         <family val="2"/>
       </rPr>
       <t>Es requereix Anglès</t>
     </r>
   </si>
   <si>
     <t>110 - Facultat de Traducció i d'Interpretació</t>
   </si>
   <si>
     <r>
       <t>IELTS Academic</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">6.5 TOEFL iBT 83 </t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">IELTS Academic 6.5 TOEFL iBT 90 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+Tots els centres excepte medicina i Infermeria</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+101 -  Facultat de Filosofia i Lletres, 103 -  Facultat de Ciències, 105 -  Facultat de Ciències de la Comunicació, 106 -  Facultat de Dret, 108 -  Facultat de Ciències Polítiques i de Sociologia, 109 -  Facultat de Psicologia, 110 -  Facultat de Traducció i d'Interpretació, 111 -  Facultat de Ciències de l'Educació, 113 -  Facultat de Biociències, 114 -  Facultat d'Economia i Empresa, 115 -  Escola d'Enginyeria, 502 -  Escola Universitària d'Infermeria de l'Hospital de la Santa Creu i Sant Pau, 503 -  Escola Universitària d'Infermeria i Fisioteràpia Gimbernat,  508 -  Escola Universitaria d'Informàtica Tomàs Cerdà, 509 -  Escola Universitària de Ciències de la Salut (Manresa), 510 -  Escola Universitària Salesians de Sarrià, 512 -  Escola Universitària d'Empresarials de Manresa, 5282 - Escola FUAB - Formació, 800 -  Eina, Centre Universitari de Disseny i Art de Barcelona, 805 -  Escola Massana, Centre Municipal d'Art i Disseny                                        </t>
+  </si>
+  <si>
+    <t>Minimum of 3.4 GPA on a 4-point scale</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -1035,51 +1032,51 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="34">
+  <cellXfs count="32">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
@@ -1088,82 +1085,78 @@
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Enllaç" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013: Tema 2022">
   <a:themeElements>
@@ -1449,77 +1442,77 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ualberta.ca/admissions-programs/exchange-programs/incoming-exchange-application-guide/index.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://global.ubc.ca/go-global/international-experiences/exchange" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reciprocity.uceap.universityofcalifornia.edu/apply-exchange" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iiitb.ac.in/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aucegypt.edu/academics/outgoing-students/undergraduate-exchange-study-abroad-program" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iisc.ernet.in/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usj.edu.lb/international/mobilite-e.php" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oraprdnt.uqtr.uquebec.ca/pls/public/gscw031?owa_no_site=1743&amp;owa_no_fiche=10&amp;owa_apercu=N&amp;owa_imprimable=N&amp;owa_bottin=" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mcgill.ca/mcgillabroad/students-coming-mcgill" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uwa.edu.au/study/Courses-and-Careers/Study-Abroad-and-Student-Exchange/Completing-exchange-at-UWA" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lau.edu.lb/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://echanges-etudiants.bci-qc.ca/en/ecole/universite-du-quebec-a-trois-rivieres-uqtr/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://study.unimelb.edu.au/how-to-apply/international-exchange-and-study-abroad-applications" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yorkinternational.yorku.ca/global-learning/incoming-global-learning/explore-academic-exchange/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isss.ucsc.edu/students/exchange/index.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tru.ca/studyabroad.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.umt.edu/international-programs/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iiitb.ac.in/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iisc.ernet.in/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iiitb.ac.in/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.up.ac.za/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jiit.ac.in/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rmit.edu.au/study-with-us/international-students/apply-to-rmit-international-students/entry-requirements/english-requirements/study-abroad-and-exchange-language-requirements" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sydney.edu.au/study/why-choose-sydney/study-abroad-and-exchange.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uwo.ca/index.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://global.ubc.ca/go-global/international-experiences/exchange" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mcgill.ca/mcgillabroad/students-coming-mcgill" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.brooklyn.cuny.edu/web/admissions/international.php" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studyabroad.fiu.edu/incoming-exchange-students/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mercy.edu/admissions-aid/international-admissions" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iisc.ernet.in/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sun.ac.za/english/SUInternational/international-students" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uda.ad/internacional/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nau.edu.ua/en/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://echanges-etudiants.bci-qc.ca/en/ecole/universite-du-quebec-en-abitibi-temiscamingue-uqat/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mcgill.ca/mcgillabroad/students-coming-mcgill" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.swinburne.edu.au/abroad/arrivals/index.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://camosun.ca/international/studyabroad/exchange-incoming.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://international.umontreal.ca/english/international-students/why-udem/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wichita.edu/academics/studyabroad/programs/wsuexchange.php" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iisc.ernet.in/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iiitb.ac.in/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.uma.rnu.tn/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rmit.edu.vn/study-at-rmit/international-students/exchange-at-rmit-vietnam" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wwa-international.uqam.ca/Pages/etu_etrangers_ech_bila.aspx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sastra.edu/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sastra.edu/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www2.ulaval.ca/international/etudiants-internationaux/echanges-etudiants.html" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mq.edu.au/study/find-a-course/study-abroad-and-exchange-programs/exchange" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://echanges-etudiants.bci-qc.ca/en/ecole/universite-du-quebec-en-outaouais-uqo/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.concordia.ca/students/exchanges/csep.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studyabroad.fiu.edu/incoming-exchange-students/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.utrgv.edu/ipp/study-abroad/exchange-programs/index.htm" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iisc.ernet.in/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rmit.edu.au/study-with-us/international-students/apply-to-rmit-international-students/entry-requirements/english-requirements/study-abroad-and-exchange-language-requirements" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://liu.se/en/education/exchange-studies" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://international.ufv.ca/future-students/apply-to-ufv/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sjsu.edu/isss/scholars/exchange/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.up.ac.za/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tru.ca/studyabroad.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucalgary.ca/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://westernsydney.edu.au/globalmobility/studyabroad/home/how_to_apply" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://echanges-etudiants.bci-qc.ca/en/ecole/universite-de-sherbrooke/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EF5F175E-2F52-4AAF-AE07-B8B40B0A1F87}">
   <dimension ref="A1:J69"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="4" ySplit="1" topLeftCell="E2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
-      <selection pane="bottomRight" activeCell="E31" sqref="E31"/>
+      <selection pane="bottomRight" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="25" style="5" customWidth="1"/>
     <col min="2" max="2" width="13.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="61.28515625" style="5" customWidth="1"/>
-    <col min="4" max="4" width="20.5703125" style="32" customWidth="1"/>
+    <col min="4" max="4" width="20.5703125" style="31" customWidth="1"/>
     <col min="5" max="5" width="46.42578125" style="5" customWidth="1"/>
     <col min="6" max="6" width="17.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="13.7109375" style="5" customWidth="1"/>
     <col min="8" max="8" width="23.28515625" style="5" customWidth="1"/>
     <col min="9" max="9" width="109.7109375" style="5" customWidth="1"/>
     <col min="10" max="10" width="81.7109375" style="5" customWidth="1"/>
     <col min="11" max="16384" width="8.7109375" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" s="14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="13"/>
       <c r="B1" s="13" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="13" t="s">
         <v>1</v>
       </c>
-      <c r="D1" s="30" t="s">
+      <c r="D1" s="29" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="13" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="13" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="13" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="13" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="13" t="s">
         <v>7</v>
       </c>
       <c r="J1" s="13" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="6"/>
       <c r="B2" s="6" t="s">
         <v>9</v>
@@ -1528,1948 +1521,1948 @@
         <v>10</v>
       </c>
       <c r="D2" s="16" t="s">
         <v>11</v>
       </c>
       <c r="E2" s="6" t="s">
         <v>12</v>
       </c>
       <c r="F2" s="5">
         <v>1</v>
       </c>
       <c r="G2" s="5">
         <v>10</v>
       </c>
       <c r="H2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I2" s="6"/>
     </row>
     <row r="3" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="8"/>
       <c r="B3" s="6" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="D3" s="16" t="s">
         <v>39</v>
       </c>
-      <c r="D3" s="16" t="s">
+      <c r="E3" s="6" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="F3" s="9">
         <v>1</v>
       </c>
       <c r="G3" s="5">
         <v>10</v>
       </c>
       <c r="H3" s="5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I3" s="3" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>221</v>
+        <v>41</v>
+      </c>
+      <c r="J3" s="25" t="s">
+        <v>218</v>
       </c>
     </row>
     <row r="4" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="8"/>
       <c r="B4" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D4" s="16" t="s">
         <v>32</v>
       </c>
       <c r="E4" s="8" t="s">
         <v>33</v>
       </c>
       <c r="F4" s="9">
         <v>3</v>
       </c>
       <c r="G4" s="5">
         <v>10</v>
       </c>
       <c r="H4" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="I4" s="27" t="s">
-        <v>239</v>
+      <c r="I4" s="26" t="s">
+        <v>235</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="8"/>
       <c r="B5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D5" s="16" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="8" t="s">
         <v>20</v>
       </c>
       <c r="F5" s="9">
         <v>3</v>
       </c>
       <c r="G5" s="5">
         <v>5</v>
       </c>
       <c r="H5" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I5" s="10" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
     </row>
     <row r="6" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="8"/>
       <c r="B6" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="16" t="s">
         <v>19</v>
       </c>
       <c r="E6" s="8" t="s">
         <v>20</v>
       </c>
       <c r="F6" s="9">
         <v>1</v>
       </c>
       <c r="G6" s="5">
         <v>5</v>
       </c>
       <c r="H6" s="5" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="I6" s="10" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
     </row>
     <row r="7" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="8"/>
       <c r="B7" s="6" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D7" s="16" t="s">
         <v>36</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>37</v>
+        <v>258</v>
       </c>
       <c r="F7" s="9">
         <v>5</v>
       </c>
       <c r="G7" s="9">
         <v>10</v>
       </c>
       <c r="H7" s="5" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-      <c r="J7" s="28" t="s">
+        <v>37</v>
+      </c>
+      <c r="I7" s="27" t="s">
         <v>236</v>
+      </c>
+      <c r="J7" s="27" t="s">
+        <v>232</v>
       </c>
     </row>
     <row r="8" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="6"/>
       <c r="B8" s="6" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="16" t="s">
         <v>16</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F8" s="5">
         <v>5</v>
       </c>
       <c r="G8" s="5">
         <v>10</v>
       </c>
       <c r="H8" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="I8" s="27" t="s">
-[...3 lines deleted...]
-        <v>235</v>
+      <c r="I8" s="26" t="s">
+        <v>256</v>
+      </c>
+      <c r="J8" s="25" t="s">
+        <v>231</v>
       </c>
     </row>
     <row r="9" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="8"/>
       <c r="B9" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D9" s="16" t="s">
         <v>43</v>
       </c>
-      <c r="D9" s="16" t="s">
+      <c r="E9" s="8" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="F9" s="9">
         <v>2</v>
       </c>
       <c r="G9" s="9">
         <v>10</v>
       </c>
       <c r="H9" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I9" s="8" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>238</v>
+        <v>45</v>
+      </c>
+      <c r="J9" s="27" t="s">
+        <v>234</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="8"/>
       <c r="B10" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D10" s="16" t="s">
         <v>28</v>
       </c>
       <c r="E10" s="8" t="s">
         <v>29</v>
       </c>
       <c r="F10" s="9">
         <v>2</v>
       </c>
       <c r="G10" s="5">
         <v>10</v>
       </c>
       <c r="H10" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="J10" s="28" t="s">
-        <v>237</v>
+      <c r="J10" s="27" t="s">
+        <v>233</v>
       </c>
     </row>
     <row r="11" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="6"/>
       <c r="B11" s="6" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C11" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="D11" s="15" t="s">
+        <v>108</v>
+      </c>
+      <c r="E11" s="6" t="s">
         <v>109</v>
-      </c>
-[...4 lines deleted...]
-        <v>111</v>
       </c>
       <c r="F11" s="5">
         <v>2</v>
       </c>
       <c r="G11" s="5">
         <v>5</v>
       </c>
       <c r="H11" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="I11" s="27" t="s">
-        <v>246</v>
+      <c r="I11" s="26" t="s">
+        <v>242</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="8"/>
       <c r="B12" s="8" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C12" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="D12" s="15" t="s">
+        <v>96</v>
+      </c>
+      <c r="E12" s="8" t="s">
         <v>97</v>
-      </c>
-[...4 lines deleted...]
-        <v>99</v>
       </c>
       <c r="F12" s="5">
         <v>2</v>
       </c>
       <c r="G12" s="5">
         <v>10</v>
       </c>
       <c r="H12" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I12" s="8" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="J12" s="19" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
     </row>
     <row r="13" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="8"/>
       <c r="B13" s="8" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C13" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="D13" s="15" t="s">
+        <v>105</v>
+      </c>
+      <c r="E13" s="8" t="s">
         <v>106</v>
-      </c>
-[...4 lines deleted...]
-        <v>108</v>
       </c>
       <c r="F13" s="5">
         <v>2</v>
       </c>
       <c r="G13" s="5">
         <v>10</v>
       </c>
       <c r="H13" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="J13" s="17" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="8"/>
       <c r="B14" s="8" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C14" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D14" s="15" t="s">
+        <v>101</v>
+      </c>
+      <c r="E14" s="8" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
       <c r="F14" s="5">
         <v>2</v>
       </c>
       <c r="G14" s="5">
         <v>10</v>
       </c>
       <c r="H14" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="I14" s="27" t="s">
-        <v>243</v>
+      <c r="I14" s="26" t="s">
+        <v>239</v>
       </c>
       <c r="J14" s="17" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
     </row>
     <row r="15" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="8"/>
       <c r="B15" s="8" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C15" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D15" s="15" t="s">
+        <v>89</v>
+      </c>
+      <c r="E15" s="8" t="s">
         <v>90</v>
-      </c>
-[...4 lines deleted...]
-        <v>92</v>
       </c>
       <c r="F15" s="5">
         <v>2</v>
       </c>
       <c r="G15" s="5">
         <v>10</v>
       </c>
       <c r="H15" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="I15" s="26" t="s">
-        <v>245</v>
+      <c r="I15" s="25" t="s">
+        <v>241</v>
       </c>
       <c r="J15" s="17" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="8"/>
       <c r="B16" s="8" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C16" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D16" s="15" t="s">
         <v>61</v>
       </c>
-      <c r="D16" s="15" t="s">
+      <c r="E16" s="8" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="F16" s="5">
         <v>2</v>
       </c>
       <c r="G16" s="5">
         <v>3</v>
       </c>
       <c r="H16" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I16" s="8" t="s">
+        <v>63</v>
+      </c>
+      <c r="J16" s="5" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="17" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="8"/>
       <c r="B17" s="8" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C17" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D17" s="15" t="s">
         <v>61</v>
       </c>
-      <c r="D17" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" s="8" t="s">
-        <v>66</v>
+        <v>259</v>
       </c>
       <c r="F17" s="5">
         <v>1</v>
       </c>
       <c r="G17" s="5">
         <v>5</v>
       </c>
       <c r="H17" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I17" s="8" t="s">
+        <v>63</v>
+      </c>
+      <c r="J17" s="12" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="8"/>
       <c r="B18" s="8" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C18" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D18" s="16" t="s">
         <v>58</v>
       </c>
-      <c r="D18" s="16" t="s">
+      <c r="E18" s="8" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="F18" s="5">
         <v>4</v>
       </c>
       <c r="G18" s="5">
         <v>5</v>
       </c>
       <c r="H18" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="I18" s="27" t="s">
-        <v>244</v>
+      <c r="I18" s="26" t="s">
+        <v>240</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
     </row>
     <row r="19" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="8"/>
       <c r="B19" s="8" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C19" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="D19" s="16" t="s">
         <v>55</v>
       </c>
-      <c r="D19" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" s="8" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="F19" s="5">
         <v>2</v>
       </c>
       <c r="G19" s="5">
         <v>5</v>
       </c>
       <c r="H19" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="I19" s="27" t="s">
-        <v>243</v>
+      <c r="I19" s="26" t="s">
+        <v>239</v>
       </c>
       <c r="J19" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="8"/>
       <c r="B20" s="8" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C20" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="D20" s="16" t="s">
         <v>55</v>
       </c>
-      <c r="D20" s="16" t="s">
+      <c r="E20" s="8" t="s">
+        <v>214</v>
+      </c>
+      <c r="F20" s="7" t="s">
+        <v>247</v>
+      </c>
+      <c r="G20" s="5">
+        <v>10</v>
+      </c>
+      <c r="H20" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="I20" s="26" t="s">
+        <v>239</v>
+      </c>
+      <c r="J20" s="5" t="s">
         <v>56</v>
-      </c>
-[...16 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="21" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="8"/>
       <c r="B21" s="8" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C21" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="D21" s="16" t="s">
         <v>55</v>
       </c>
-      <c r="D21" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" s="8" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="F21" s="5">
         <v>1</v>
       </c>
       <c r="G21" s="5">
         <v>10</v>
       </c>
       <c r="H21" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="I21" s="27" t="s">
-        <v>243</v>
+      <c r="I21" s="26" t="s">
+        <v>239</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="8"/>
       <c r="B22" s="8" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="E22" s="8" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="F22" s="5">
         <v>2</v>
       </c>
       <c r="G22" s="5">
         <v>5</v>
       </c>
       <c r="H22" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I22" s="8" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="J22" s="17" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
     </row>
     <row r="23" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="8"/>
       <c r="B23" s="8" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C23" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D23" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="E23" s="8" t="s">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>81</v>
       </c>
       <c r="F23" s="5">
         <v>1</v>
       </c>
       <c r="G23" s="5">
         <v>10</v>
       </c>
       <c r="H23" s="5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I23" s="8" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="J23" s="17" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="8"/>
       <c r="B24" s="8" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C24" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D24" s="16" t="s">
         <v>52</v>
       </c>
-      <c r="D24" s="16" t="s">
+      <c r="E24" s="8" t="s">
         <v>53</v>
       </c>
-      <c r="E24" s="8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F24" s="7" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="G24" s="5">
         <v>5</v>
       </c>
       <c r="H24" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="I24" s="27" t="s">
-        <v>242</v>
+      <c r="I24" s="26" t="s">
+        <v>238</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
     </row>
     <row r="25" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="8"/>
       <c r="B25" s="8" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="E25" s="8" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="F25" s="5">
         <v>2</v>
       </c>
       <c r="G25" s="5">
         <v>10</v>
       </c>
       <c r="H25" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="I25" s="27" t="s">
-        <v>77</v>
+      <c r="I25" s="26" t="s">
+        <v>75</v>
       </c>
       <c r="J25" s="7" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="8"/>
       <c r="B26" s="8" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C26" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="D26" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="E26" s="8" t="s">
         <v>83</v>
-      </c>
-[...4 lines deleted...]
-        <v>85</v>
       </c>
       <c r="F26" s="5">
         <v>2</v>
       </c>
       <c r="G26" s="5">
         <v>10</v>
       </c>
       <c r="H26" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I26" s="8" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="J26" s="18" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
     </row>
     <row r="27" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="6"/>
       <c r="B27" s="6" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C27" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="D27" s="15" t="s">
+        <v>111</v>
+      </c>
+      <c r="E27" s="6" t="s">
         <v>112</v>
-      </c>
-[...4 lines deleted...]
-        <v>114</v>
       </c>
       <c r="F27" s="5">
         <v>1</v>
       </c>
       <c r="G27" s="5">
         <v>10</v>
       </c>
       <c r="H27" s="5" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>247</v>
+        <v>37</v>
+      </c>
+      <c r="I27" s="26" t="s">
+        <v>243</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="8"/>
       <c r="B28" s="8" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="E28" s="8" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="F28" s="5">
         <v>1</v>
       </c>
       <c r="G28" s="5">
         <v>5</v>
       </c>
       <c r="H28" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I28" s="3" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
     </row>
     <row r="29" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="8"/>
       <c r="B29" s="8" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C29" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="D29" s="15" t="s">
+        <v>66</v>
+      </c>
+      <c r="E29" s="8" t="s">
         <v>67</v>
-      </c>
-[...4 lines deleted...]
-        <v>69</v>
       </c>
       <c r="F29" s="5">
         <v>1</v>
       </c>
       <c r="G29" s="5">
         <v>5</v>
       </c>
       <c r="H29" s="5" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>261</v>
+        <v>37</v>
+      </c>
+      <c r="I29" s="26" t="s">
+        <v>257</v>
       </c>
       <c r="J29" s="7" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="8"/>
       <c r="B30" s="8" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="E30" s="8" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="F30" s="5">
         <v>1</v>
       </c>
       <c r="G30" s="5">
         <v>5</v>
       </c>
       <c r="H30" s="5" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>261</v>
+        <v>37</v>
+      </c>
+      <c r="I30" s="26" t="s">
+        <v>257</v>
       </c>
       <c r="J30" s="7" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
     </row>
     <row r="31" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="8"/>
       <c r="B31" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="D31" s="16" t="s">
         <v>48</v>
       </c>
-      <c r="D31" s="16" t="s">
+      <c r="E31" s="8" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="F31" s="5">
         <v>2</v>
       </c>
       <c r="G31" s="5">
         <v>5</v>
       </c>
       <c r="H31" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="I31" s="28" t="s">
-        <v>241</v>
+      <c r="I31" s="27" t="s">
+        <v>237</v>
       </c>
       <c r="J31" s="7" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="8"/>
       <c r="B32" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C32" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="C32" s="1" t="s">
+      <c r="D32" s="16" t="s">
         <v>48</v>
       </c>
-      <c r="D32" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E32" s="8" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F32" s="5">
         <v>1</v>
       </c>
       <c r="G32" s="5">
         <v>5</v>
       </c>
       <c r="H32" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="I32" s="28" t="s">
-        <v>241</v>
+      <c r="I32" s="27" t="s">
+        <v>237</v>
       </c>
       <c r="J32" s="7" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
     </row>
     <row r="33" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="6"/>
       <c r="B33" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="C33" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="D33" s="16" t="s">
         <v>115</v>
       </c>
-      <c r="C33" s="4" t="s">
+      <c r="E33" s="6" t="s">
         <v>116</v>
-      </c>
-[...4 lines deleted...]
-        <v>118</v>
       </c>
       <c r="F33" s="5">
         <v>4</v>
       </c>
       <c r="G33" s="5">
         <v>10</v>
       </c>
       <c r="H33" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I33" s="6" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
     </row>
     <row r="34" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="8"/>
       <c r="B34" s="6" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C34" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="D34" s="15" t="s">
+        <v>145</v>
+      </c>
+      <c r="E34" s="8" t="s">
         <v>146</v>
-      </c>
-[...4 lines deleted...]
-        <v>148</v>
       </c>
       <c r="F34" s="5">
         <v>4</v>
       </c>
       <c r="G34" s="5">
         <v>10</v>
       </c>
       <c r="H34" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I34" s="8" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="J34" s="17" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
     </row>
     <row r="35" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="6"/>
       <c r="B35" s="6" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C35" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="D35" s="15" t="s">
+        <v>149</v>
+      </c>
+      <c r="E35" s="6" t="s">
         <v>150</v>
-      </c>
-[...4 lines deleted...]
-        <v>152</v>
       </c>
       <c r="F35" s="5">
         <v>3</v>
       </c>
       <c r="G35" s="5">
         <v>10</v>
       </c>
       <c r="H35" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="I35" s="27" t="s">
-        <v>246</v>
+      <c r="I35" s="26" t="s">
+        <v>242</v>
       </c>
       <c r="J35" s="17" t="s">
-        <v>153</v>
+        <v>260</v>
       </c>
     </row>
     <row r="36" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="6"/>
       <c r="B36" s="6" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C36" s="4" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="E36" s="6" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="F36" s="33">
+        <v>152</v>
+      </c>
+      <c r="F36" s="5">
         <v>8</v>
       </c>
       <c r="G36" s="5">
         <v>10</v>
       </c>
       <c r="H36" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I36" s="6" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-        <v>233</v>
+        <v>153</v>
+      </c>
+      <c r="J36" s="17" t="s">
+        <v>260</v>
       </c>
     </row>
     <row r="37" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="6"/>
       <c r="B37" s="6" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C37" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="D37" s="15" t="s">
+        <v>125</v>
+      </c>
+      <c r="E37" s="6" t="s">
         <v>126</v>
-      </c>
-[...4 lines deleted...]
-        <v>128</v>
       </c>
       <c r="F37" s="5">
         <v>3</v>
       </c>
       <c r="G37" s="5">
         <v>5</v>
       </c>
       <c r="I37" s="6" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
     </row>
     <row r="38" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="6"/>
       <c r="B38" s="6" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="E38" s="6" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="F38" s="5">
         <v>3</v>
       </c>
       <c r="G38" s="5">
         <v>5</v>
       </c>
       <c r="H38" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I38" s="6" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
     </row>
     <row r="39" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="8"/>
       <c r="B39" s="8" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="E39" s="8" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="F39" s="5">
         <v>4</v>
       </c>
       <c r="G39" s="5">
         <v>10</v>
       </c>
       <c r="I39" s="8" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
     </row>
     <row r="40" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="6"/>
       <c r="B40" s="6" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C40" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="D40" s="15" t="s">
+        <v>132</v>
+      </c>
+      <c r="E40" s="6" t="s">
         <v>133</v>
-      </c>
-[...4 lines deleted...]
-        <v>135</v>
       </c>
       <c r="F40" s="5">
         <v>2</v>
       </c>
       <c r="G40" s="5">
         <v>10</v>
       </c>
       <c r="H40" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I40" s="6" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
     </row>
     <row r="41" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="6"/>
       <c r="B41" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="D41" s="15" t="s">
         <v>120</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="E41" s="6" t="s">
         <v>121</v>
       </c>
-      <c r="D41" s="15" t="s">
+      <c r="F41" s="7" t="s">
+        <v>248</v>
+      </c>
+      <c r="G41" s="5">
+        <v>10</v>
+      </c>
+      <c r="H41" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="I41" s="6" t="s">
         <v>122</v>
       </c>
-      <c r="E41" s="6" t="s">
+      <c r="J41" s="5" t="s">
         <v>123</v>
-      </c>
-[...13 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="42" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="6"/>
       <c r="B42" s="6" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C42" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="D42" s="15" t="s">
+        <v>136</v>
+      </c>
+      <c r="E42" s="6" t="s">
         <v>137</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
       <c r="F42" s="5">
         <v>2</v>
       </c>
       <c r="G42" s="5">
         <v>10</v>
       </c>
       <c r="H42" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I42" s="6" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-        <v>255</v>
+        <v>138</v>
+      </c>
+      <c r="J42" s="22" t="s">
+        <v>251</v>
       </c>
     </row>
     <row r="43" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="6"/>
       <c r="B43" s="6" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C43" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="D43" s="15" t="s">
+        <v>140</v>
+      </c>
+      <c r="E43" s="6" t="s">
         <v>141</v>
-      </c>
-[...4 lines deleted...]
-        <v>143</v>
       </c>
       <c r="F43" s="5">
         <v>2</v>
       </c>
       <c r="G43" s="5">
         <v>10</v>
       </c>
       <c r="H43" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
     </row>
     <row r="44" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="6"/>
       <c r="B44" s="6" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="E44" s="6" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="F44" s="5">
         <v>1</v>
       </c>
       <c r="G44" s="5">
         <v>5</v>
       </c>
       <c r="H44" s="5" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>234</v>
+        <v>37</v>
+      </c>
+      <c r="I44" s="26" t="s">
+        <v>244</v>
+      </c>
+      <c r="J44" s="27" t="s">
+        <v>230</v>
       </c>
     </row>
     <row r="45" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="6"/>
       <c r="B45" s="6" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="D45" s="16" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="E45" s="6" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="F45" s="5">
         <v>1</v>
       </c>
       <c r="G45" s="5">
         <v>10</v>
       </c>
       <c r="H45" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I45" s="6"/>
     </row>
     <row r="46" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="6"/>
       <c r="B46" s="6" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="D46" s="16" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="E46" s="6" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="F46" s="5">
         <v>1</v>
       </c>
       <c r="G46" s="5">
         <v>10</v>
       </c>
       <c r="H46" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I46" s="6"/>
     </row>
     <row r="47" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="6"/>
       <c r="B47" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="D47" s="16" t="s">
+        <v>169</v>
+      </c>
+      <c r="E47" s="6" t="s">
         <v>164</v>
-      </c>
-[...7 lines deleted...]
-        <v>167</v>
       </c>
       <c r="F47" s="5">
         <v>1</v>
       </c>
       <c r="G47" s="5">
         <v>10</v>
       </c>
       <c r="H47" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I47" s="6"/>
     </row>
     <row r="48" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="6"/>
       <c r="B48" s="6" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="D48" s="16" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="E48" s="6" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="F48" s="5">
         <v>1</v>
       </c>
       <c r="G48" s="5">
         <v>10</v>
       </c>
       <c r="H48" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I48" s="6"/>
     </row>
     <row r="49" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="6"/>
       <c r="B49" s="6" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="C49" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="D49" s="16" t="s">
+        <v>169</v>
+      </c>
+      <c r="E49" s="6" t="s">
         <v>171</v>
-      </c>
-[...4 lines deleted...]
-        <v>174</v>
       </c>
       <c r="F49" s="5">
         <v>1</v>
       </c>
       <c r="G49" s="5">
         <v>10</v>
       </c>
       <c r="H49" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I49" s="6"/>
     </row>
     <row r="50" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="6"/>
       <c r="B50" s="6" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="D50" s="16" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="E50" s="6" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="F50" s="5">
         <v>3</v>
       </c>
       <c r="G50" s="5">
         <v>10</v>
       </c>
       <c r="H50" s="5" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I50" s="6"/>
     </row>
     <row r="51" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="6"/>
       <c r="B51" s="6" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="D51" s="16" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="E51" s="6" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="F51" s="5">
         <v>3</v>
       </c>
       <c r="G51" s="5">
         <v>10</v>
       </c>
       <c r="H51" s="5" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I51" s="6"/>
     </row>
     <row r="52" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="6"/>
       <c r="B52" s="6" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="D52" s="16" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="E52" s="6" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="F52" s="5">
         <v>3</v>
       </c>
       <c r="G52" s="5">
         <v>10</v>
       </c>
       <c r="H52" s="5" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I52" s="6"/>
     </row>
     <row r="53" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="6"/>
       <c r="B53" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="D53" s="16" t="s">
+        <v>173</v>
+      </c>
+      <c r="E53" s="6" t="s">
         <v>164</v>
-      </c>
-[...7 lines deleted...]
-        <v>167</v>
       </c>
       <c r="F53" s="5">
         <v>3</v>
       </c>
       <c r="G53" s="5">
         <v>10</v>
       </c>
       <c r="H53" s="5" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I53" s="6"/>
     </row>
     <row r="54" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="6"/>
       <c r="B54" s="6" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="C54" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="D54" s="16" t="s">
+        <v>176</v>
+      </c>
+      <c r="E54" s="6" t="s">
+        <v>177</v>
+      </c>
+      <c r="F54" s="9" t="s">
         <v>178</v>
-      </c>
-[...7 lines deleted...]
-        <v>181</v>
       </c>
       <c r="G54" s="5">
         <v>10</v>
       </c>
       <c r="H54" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I54" s="6"/>
     </row>
     <row r="55" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="6"/>
       <c r="B55" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="C55" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="D55" s="16" t="s">
+        <v>163</v>
+      </c>
+      <c r="E55" s="6" t="s">
         <v>164</v>
-      </c>
-[...7 lines deleted...]
-        <v>167</v>
       </c>
       <c r="F55" s="5">
         <v>1</v>
       </c>
       <c r="G55" s="5">
         <v>10</v>
       </c>
       <c r="H55" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I55" s="6"/>
     </row>
     <row r="56" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="6"/>
       <c r="B56" s="6" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="C56" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="D56" s="16" t="s">
+        <v>163</v>
+      </c>
+      <c r="E56" s="6" t="s">
         <v>165</v>
-      </c>
-[...4 lines deleted...]
-        <v>168</v>
       </c>
       <c r="F56" s="5">
         <v>1</v>
       </c>
       <c r="G56" s="5">
         <v>10</v>
       </c>
       <c r="H56" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I56" s="6"/>
     </row>
     <row r="57" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="6"/>
       <c r="B57" s="6" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="C57" s="6" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="D57" s="16" t="s">
+        <v>163</v>
+      </c>
+      <c r="E57" s="6" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="F57" s="5">
         <v>1</v>
       </c>
       <c r="G57" s="5">
         <v>10</v>
       </c>
       <c r="H57" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I57" s="6"/>
     </row>
     <row r="58" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="6"/>
       <c r="B58" s="6" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="C58" s="6" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="D58" s="16" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="E58" s="6" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="F58" s="5">
         <v>1</v>
       </c>
       <c r="G58" s="5">
         <v>10</v>
       </c>
       <c r="H58" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I58" s="6"/>
     </row>
     <row r="59" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="6"/>
       <c r="B59" s="6" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D59" s="16" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="E59" s="6" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="F59" s="5">
         <v>1</v>
       </c>
       <c r="G59" s="5">
         <v>10</v>
       </c>
       <c r="H59" s="5" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I59" s="6"/>
     </row>
     <row r="60" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="6"/>
       <c r="B60" s="6" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D60" s="16" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="E60" s="6" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="F60" s="5">
         <v>2</v>
       </c>
       <c r="G60" s="5">
         <v>10</v>
       </c>
       <c r="H60" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I60" s="6"/>
     </row>
     <row r="61" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="6"/>
       <c r="B61" s="6" t="s">
+        <v>182</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D61" s="16" t="s">
+        <v>184</v>
+      </c>
+      <c r="E61" s="6" t="s">
         <v>185</v>
-      </c>
-[...7 lines deleted...]
-        <v>188</v>
       </c>
       <c r="F61" s="5">
         <v>4</v>
       </c>
       <c r="G61" s="5">
         <v>10</v>
       </c>
       <c r="H61" s="5" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>253</v>
+        <v>37</v>
+      </c>
+      <c r="I61" s="20" t="s">
+        <v>249</v>
       </c>
     </row>
     <row r="62" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="6"/>
       <c r="B62" s="6" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-        <v>257</v>
+        <v>182</v>
+      </c>
+      <c r="C62" s="28" t="s">
+        <v>253</v>
       </c>
       <c r="D62" s="16" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="E62" s="6" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="F62" s="5">
         <v>2</v>
       </c>
       <c r="G62" s="5">
         <v>10</v>
       </c>
       <c r="H62" s="5" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>258</v>
+        <v>37</v>
+      </c>
+      <c r="I62" s="20" t="s">
+        <v>254</v>
       </c>
     </row>
     <row r="63" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="B63" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="C63" s="2" t="s">
+        <v>194</v>
+      </c>
+      <c r="D63" s="15" t="s">
+        <v>195</v>
+      </c>
+      <c r="E63" s="8" t="s">
         <v>196</v>
-      </c>
-[...10 lines deleted...]
-        <v>199</v>
       </c>
       <c r="F63" s="5">
         <v>2</v>
       </c>
       <c r="G63" s="5">
         <v>10</v>
       </c>
       <c r="H63" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
     </row>
     <row r="64" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="6" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="B64" s="6" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E64" s="8" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="F64" s="5">
         <v>2</v>
       </c>
       <c r="G64" s="5">
         <v>5</v>
       </c>
       <c r="H64" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
     </row>
     <row r="65" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="6"/>
       <c r="B65" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="D65" s="30" t="s">
+        <v>189</v>
+      </c>
+      <c r="E65" s="6" t="s">
         <v>190</v>
-      </c>
-[...7 lines deleted...]
-        <v>193</v>
       </c>
       <c r="F65" s="5">
         <v>2</v>
       </c>
       <c r="G65" s="5">
         <v>10</v>
       </c>
       <c r="H65" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
     </row>
     <row r="66" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="6"/>
       <c r="B66" s="6" t="s">
+        <v>200</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="D66" s="15" t="s">
+        <v>202</v>
+      </c>
+      <c r="E66" s="8" t="s">
         <v>203</v>
-      </c>
-[...7 lines deleted...]
-        <v>206</v>
       </c>
       <c r="F66" s="5">
         <v>2</v>
       </c>
       <c r="G66" s="5">
         <v>2</v>
       </c>
       <c r="H66" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
     </row>
     <row r="67" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="6"/>
       <c r="B67" s="6" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="D67" s="16" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="E67" s="6" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="F67" s="5">
         <v>3</v>
       </c>
       <c r="G67" s="5">
         <v>10</v>
       </c>
       <c r="H67" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I67" s="6"/>
     </row>
     <row r="68" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="6"/>
       <c r="B68" s="6" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="E68" s="8" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="F68" s="5">
         <v>2</v>
       </c>
       <c r="G68" s="5">
         <v>5</v>
       </c>
       <c r="H68" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="I68" s="22" t="s">
-        <v>211</v>
+      <c r="I68" s="21" t="s">
+        <v>208</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
     </row>
     <row r="69" spans="1:10" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B69" s="5" t="s">
         <v>23</v>
       </c>
       <c r="C69" s="11" t="s">
         <v>24</v>
       </c>
       <c r="D69" s="16" t="s">
         <v>25</v>
       </c>
-      <c r="E69" s="24" t="s">
+      <c r="E69" s="23" t="s">
         <v>26</v>
       </c>
       <c r="F69" s="5">
         <v>1</v>
       </c>
       <c r="G69" s="5">
         <v>5</v>
       </c>
       <c r="H69" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I69" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="J69" s="25" t="s">
+      <c r="J69" s="24" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:J69" xr:uid="{EF5F175E-2F52-4AAF-AE07-B8B40B0A1F87}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:J69">
     <sortCondition ref="B2:B69"/>
     <sortCondition ref="D2:D69"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="C8" r:id="rId1" xr:uid="{AB2D7ECF-48FD-47F6-B9C1-DC59905649CF}"/>
     <hyperlink ref="C4" r:id="rId2" xr:uid="{FC493584-6C6A-4559-A5A8-5BAF4FDFAD7E}"/>
     <hyperlink ref="C10" r:id="rId3" xr:uid="{6B1AFEEB-6D91-4D00-97C1-0DF6DB22B523}"/>
     <hyperlink ref="C9" r:id="rId4" xr:uid="{B880633A-A20F-4C7C-BC89-37AF2273F2F2}"/>
     <hyperlink ref="C7" r:id="rId5" xr:uid="{D76B66FE-90C7-4345-9656-5213B595428A}"/>
     <hyperlink ref="C15" r:id="rId6" xr:uid="{3636FEB8-7F51-47D4-B98D-8D602A29FB55}"/>
     <hyperlink ref="C28" r:id="rId7" xr:uid="{194FF556-725C-411B-91D2-2E21466EF612}"/>
     <hyperlink ref="C12" r:id="rId8" xr:uid="{EF67718C-C0E3-4479-8232-8894D8B5359E}"/>
     <hyperlink ref="C26" r:id="rId9" xr:uid="{62CF4DC9-E9EA-45F0-8629-F1746F006257}"/>
     <hyperlink ref="C11" r:id="rId10" xr:uid="{57B0A6A8-41C3-4A88-A6F1-E3B203CE0323}"/>
     <hyperlink ref="C16" r:id="rId11" xr:uid="{ADAA90F3-700F-4E56-A2DE-36A4DACC67DD}"/>
     <hyperlink ref="C31" r:id="rId12" display="CAMOSUN COLLEGE" xr:uid="{2725986D-9325-4BA2-91AC-60B808C7FF14}"/>
     <hyperlink ref="C14" r:id="rId13" xr:uid="{ADA783E1-92CE-4CB2-B51E-D30264E401F5}"/>
     <hyperlink ref="C19" r:id="rId14" xr:uid="{1D8E1A65-7BFA-477B-A2C8-CA967FB5E71C}"/>
     <hyperlink ref="C24" r:id="rId15" xr:uid="{DBE98876-7B83-49A1-B373-A2222ABED2D0}"/>
@@ -3518,50 +3511,61 @@
     <hyperlink ref="C6" r:id="rId58" xr:uid="{610D6731-C0A2-4780-90BE-AE7FAC1A8C48}"/>
     <hyperlink ref="C69" r:id="rId59" xr:uid="{E0466EBE-FED9-497C-8F51-BD4598A51CA9}"/>
     <hyperlink ref="C13" r:id="rId60" xr:uid="{F60BF6FA-A733-476D-BE83-9CEC7DEC388D}"/>
     <hyperlink ref="C18" r:id="rId61" xr:uid="{83CAE56A-8DFF-4195-BE7F-8406D00FC671}"/>
     <hyperlink ref="C25" r:id="rId62" display="UNIVERSITE DE LAVAL" xr:uid="{45D709FC-FFF1-4363-916F-DBDDB3E21288}"/>
     <hyperlink ref="C62" r:id="rId63" xr:uid="{0988D4B4-925B-48F7-A220-A2A6AB301302}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId64"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="c0983f89-a1cb-4442-b4b9-3c8b9e162bd0" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ee1f67ce-da88-4dfb-a650-0f0da831f464">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010072343D018995924AA519A2847E1AF797" ma:contentTypeVersion="19" ma:contentTypeDescription="Crea un document nou" ma:contentTypeScope="" ma:versionID="8b60995db377c5c8bdde4a2d1bd9904a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ee1f67ce-da88-4dfb-a650-0f0da831f464" xmlns:ns3="c0983f89-a1cb-4442-b4b9-3c8b9e162bd0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1d91381d19a20875501023545d7282fe" ns2:_="" ns3:_="">
     <xsd:import namespace="ee1f67ce-da88-4dfb-a650-0f0da831f464"/>
     <xsd:import namespace="c0983f89-a1cb-4442-b4b9-3c8b9e162bd0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
@@ -3778,96 +3782,85 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB742244-8E4F-4639-A60B-DFCD77334885}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c0983f89-a1cb-4442-b4b9-3c8b9e162bd0"/>
+    <ds:schemaRef ds:uri="ee1f67ce-da88-4dfb-a650-0f0da831f464"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81C95550-0F29-49CB-85D4-FECDD2B83EAA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ee1f67ce-da88-4dfb-a650-0f0da831f464"/>
     <ds:schemaRef ds:uri="c0983f89-a1cb-4442-b4b9-3c8b9e162bd0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="ee1f67ce-da88-4dfb-a650-0f0da831f464"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B48E05D1-0ADD-4114-B83E-F81F018A5421}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fulls de càlcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>